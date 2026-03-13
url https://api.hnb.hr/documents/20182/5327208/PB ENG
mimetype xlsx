--- v1 (2025-12-13)
+++ v2 (2026-03-13)
@@ -1,170 +1,172 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
+<Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
+<Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
+<Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
+</Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-[...7 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{629448D0-85CC-432F-A020-1844E61B801E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9302"/>
+  <workbookPr date1904="true" defaultThemeVersion="124226"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="120" yWindow="45" windowWidth="19155" windowHeight="4935"/>
   </bookViews>
   <sheets>
-    <sheet name="January 2025." sheetId="1" r:id="rId1"/>
-[...7 lines deleted...]
-    <sheet name="September    2025." sheetId="9" r:id="rId9"/>
+    <sheet name="January 2025." sheetId="1" r:id="rId10"/>
+    <sheet name="February  2025." sheetId="2" r:id="rId11"/>
+    <sheet name="March   2025." sheetId="3" r:id="rId12"/>
+    <sheet name="April  2025." sheetId="4" r:id="rId13"/>
+    <sheet name="May  2025." sheetId="5" r:id="rId14"/>
+    <sheet name="June   2025." sheetId="6" r:id="rId15"/>
+    <sheet name="July   2025." sheetId="7" r:id="rId16"/>
+    <sheet name="August  2025." sheetId="8" r:id="rId17"/>
+    <sheet name="September    2025." sheetId="9" r:id="rId18"/>
+    <sheet name="October 2025." sheetId="10" r:id="rId19"/>
+    <sheet name="November  2025." sheetId="11" r:id="rId20"/>
+    <sheet name="December 2025." sheetId="12" r:id="rId21"/>
+    <sheet name="January 2025. - December 2025." sheetId="13" r:id="rId22"/>
   </sheets>
   <calcPr calcId="144525"/>
-  <extLst>
-[...3 lines deleted...]
-  </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="495" uniqueCount="55">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="715" uniqueCount="59">
   <si>
-    <t>Zagreb, 19.11.2025</t>
+    <t>Zagreb, 26.02.2026</t>
   </si>
   <si>
     <t>CROATIAN NATIONAL BANK</t>
   </si>
   <si>
     <t>Payment Operations Area</t>
   </si>
   <si>
-    <t>Payment Operations Supervision Department</t>
+    <t>Payment Operations Supervision Department </t>
   </si>
   <si>
-    <t/>
+    <t>  </t>
   </si>
   <si>
     <t>Report on cashless payment transactions in the Republic of Croatia for 2025</t>
   </si>
   <si>
     <t>Reporting entity:</t>
   </si>
   <si>
     <t>All reporting entities - Total</t>
   </si>
   <si>
     <t>Reporting period and year:</t>
   </si>
   <si>
-    <t>January 2025.</t>
+    <t> January 2025.</t>
   </si>
   <si>
     <t>Currency code:</t>
   </si>
   <si>
     <t>All currencies total - converted in EUR</t>
   </si>
   <si>
     <t>User:</t>
   </si>
   <si>
     <t>All users total (consumer, non-consumer and Reporting entity)</t>
   </si>
   <si>
     <t>Executed payment transactions (1)</t>
   </si>
   <si>
     <t>Number of transactions</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>Value of transactions in euro</t>
   </si>
   <si>
     <t>A) NATIONAL PAYMENT TRANSACTIONS</t>
   </si>
   <si>
     <t>1. Sent credit transfers  (2)</t>
   </si>
   <si>
-    <t>1.1. Credit transfers</t>
+    <t>   1.1. Credit transfers</t>
   </si>
   <si>
-    <t>1.2. Standing orders</t>
+    <t>   1.2. Standing orders </t>
   </si>
   <si>
-    <t>2. Bill-paying service</t>
+    <t>2. Bill-paying service </t>
   </si>
   <si>
-    <t>3. Direct debits</t>
+    <t>3. Direct debits </t>
   </si>
   <si>
     <t>4. Debits from the accounts by simple book entry  (3)</t>
   </si>
   <si>
     <t>5. Transactions using payment cards issued in the RC (4)</t>
   </si>
   <si>
-    <t>5.1. Debit payment cards</t>
+    <t>   5.1. Debit payment cards</t>
   </si>
   <si>
-    <t>5.2. Credit payment cards</t>
+    <t>   5.2. Credit payment cards </t>
   </si>
   <si>
     <t>6. Transactions using cheques issued in the RC (5)</t>
   </si>
   <si>
     <t>TOTAL NATIONAL PAYMENT TRANSACTIONS (1. - 6.)</t>
   </si>
   <si>
     <t>B) INTERNATIONAL PAYMENT TRANSACTIONS</t>
   </si>
   <si>
     <t>7. Sent credit transfers   (6)</t>
   </si>
   <si>
     <t>8. Received credit transfers (7)</t>
   </si>
   <si>
     <t>9. Transactions using payment cards issued in the RC (8)</t>
   </si>
   <si>
     <t>10. Transactions of acquiring payment cards issued outside the RC (9)</t>
   </si>
   <si>
     <t>TOTAL INTERNATIONAL PAYMENT TRANSACTIONS (7. - 10.)</t>
   </si>
@@ -180,349 +182,334 @@
   <si>
     <t>(3) Debits from the accounts by simple book entry  - include debits from the accounts by simple book entry on the accounts of consumers and business entities (interests and fees for individual payment services, e.g. account management fee). The transactions of debits from the accounts by simple book entry do not include the transactions of the transfer of the amount of the credit instalment/annuity from the payment account of a payment service user to the account of the credit institution if such a transfer is agreed by the credit agreement.</t>
   </si>
   <si>
     <t>(4) Transactions using payment cards issued in the RC - include only national card-based payment transactions of the purchase of goods and services and contractual debits (including the transactions of the purchase of goods and services through repayment in instalments and consumer credits). The transactions of withdrawal and deposit of cash using a payment card, as well as the transactions of fees, interests, membership fees, etc. collected by the issuer through the payment card, are not included.</t>
   </si>
   <si>
     <t>(5) Transactions using cheques issued in the RC - include only the transactions of purchase using cheques.</t>
   </si>
   <si>
     <t>(6) Sent credit transfers - include all international credit transfers executed by debiting the payment accounts of consumers, business entities and credit institutions.</t>
   </si>
   <si>
     <t>(7) Received credit transfers - include all international credit transfers creditnig the payment accounts of consumers, business entities and credit institutions.</t>
   </si>
   <si>
     <t>(8) Transactions using payment cards issued in the RC - include all types of international card-based payment transactions using cards issued in the RC, i.e. the transactions of the purchase of goods and services and the transactions of cash withdrawal using a payment card.</t>
   </si>
   <si>
     <t>(9) Transactions of acquiring payment cards issued outside the RC - include the transactions of acquiring payment cards issued outside the RC for the purchase of goods and services through acquiring terminals. Transactions of purchase using e-money are included in the Report.</t>
   </si>
   <si>
     <t>Source: CNB</t>
   </si>
   <si>
-    <t>February  2025.</t>
+    <t> February  2025.</t>
   </si>
   <si>
-    <t>March   2025.</t>
+    <t> March   2025.</t>
   </si>
   <si>
-    <t>April  2025.</t>
+    <t> April  2025.</t>
   </si>
   <si>
-    <t>May  2025.</t>
+    <t> May  2025.</t>
   </si>
   <si>
-    <t>June   2025.</t>
+    <t> June   2025.</t>
   </si>
   <si>
-    <t>July   2025.</t>
+    <t> July   2025.</t>
   </si>
   <si>
-    <t>August  2025.</t>
+    <t> August  2025.</t>
   </si>
   <si>
-    <t>September    2025.</t>
+    <t> September    2025.</t>
+  </si>
+  <si>
+    <t> October 2025.</t>
+  </si>
+  <si>
+    <t> November  2025.</t>
+  </si>
+  <si>
+    <t> December 2025.</t>
+  </si>
+  <si>
+    <t> January 2025. - December 2025.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="###,###,###,###,###,###"/>
     <numFmt numFmtId="165" formatCode="###,###,###,###,###,##0.00#%"/>
   </numFmts>
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
+      <scheme val="none"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
+      <scheme val="none"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
+      <scheme val="none"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFD3D3D3"/>
+        <fgColor rgb="00D3D3D3"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
-      <diagonal/>
     </border>
     <border>
-      <left/>
-[...3 lines deleted...]
-      <diagonal/>
+      <left style="none"/>
+      <right style="none"/>
+      <top style="none"/>
+      <bottom style="none"/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="17">
+  <cellXfs count="14">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1">
+      <alignment horizontal="right" vertical="center" wrapText="true"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1">
+      <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1">
+      <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
-    <xf numFmtId="164" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1">
+      <alignment horizontal="center" vertical="center" wrapText="true"/>
     </xf>
-    <xf numFmtId="165" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="1">
+      <alignment horizontal="center" vertical="center" wrapText="true"/>
     </xf>
-    <xf numFmtId="164" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="1">
+      <alignment horizontal="center" vertical="center" wrapText="true"/>
     </xf>
-    <xf numFmtId="165" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="1">
+      <alignment horizontal="left" vertical="center" wrapText="true"/>
     </xf>
-    <xf numFmtId="164" fontId="2" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="1">
+      <alignment horizontal="right" vertical="center" wrapText="true"/>
     </xf>
-    <xf numFmtId="165" fontId="2" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    <xf numFmtId="165" fontId="2" fillId="0" borderId="1">
+      <alignment horizontal="right" vertical="center" wrapText="true"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="1">
+      <alignment horizontal="right" vertical="center" wrapText="true"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-[...1 lines deleted...]
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="1">
+      <alignment horizontal="right" vertical="center" wrapText="true"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    <xf numFmtId="164" fontId="2" fillId="2" borderId="1">
+      <alignment horizontal="right" vertical="center" wrapText="true"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...6 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="165" fontId="2" fillId="2" borderId="1">
+      <alignment horizontal="right" vertical="center" wrapText="true"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
-    <cellStyle name="Normalno" xfId="0" builtinId="0"/>
+    <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
-    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
-[...1 lines deleted...]
-    </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
+<Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
+<Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
+<Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/>
+<Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
+<Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/>
+<Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/>
+<Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/>
+<Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/>
+<Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/>
+<Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/>
+<Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/>
+<Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/>
+<Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/>
+<Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/>
+<Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/>
+<Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema sustava Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
-[...2 lines deleted...]
-        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Jpan" typeface="MS P????"/>
+        <a:font script="Hang" typeface="?? ??"/>
+        <a:font script="Hans" typeface="??"/>
+        <a:font script="Hant" typeface="????"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
-[...2 lines deleted...]
-        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Jpan" typeface="MS P????"/>
+        <a:font script="Hang" typeface="?? ??"/>
+        <a:font script="Hans" typeface="??"/>
+        <a:font script="Hant" typeface="????"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -654,5687 +641,7104 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:E48"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="57" customWidth="1"/>
     <col min="2" max="2" width="21" customWidth="1"/>
     <col min="3" max="3" width="9" customWidth="1"/>
     <col min="4" max="4" width="21" customWidth="1"/>
     <col min="5" max="5" width="9" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A1" s="10" t="s">
+    <row r="1" spans="1:5">
+      <c r="A1" t="s" s="1">
         <v>0</v>
       </c>
-      <c r="B1" s="11"/>
-[...5 lines deleted...]
-      <c r="A2" s="12" t="s">
+    </row>
+    <row r="2" spans="1:5">
+      <c r="A2" t="s" s="2">
         <v>1</v>
       </c>
-      <c r="B2" s="11"/>
-[...5 lines deleted...]
-      <c r="A3" s="12" t="s">
+    </row>
+    <row r="3" spans="1:5">
+      <c r="A3" t="s" s="2">
         <v>2</v>
       </c>
-      <c r="B3" s="11"/>
-[...5 lines deleted...]
-      <c r="A4" s="12" t="s">
+    </row>
+    <row r="4" spans="1:5">
+      <c r="A4" t="s" s="2">
         <v>3</v>
       </c>
-      <c r="B4" s="11"/>
-[...14 lines deleted...]
-      <c r="A6" s="14" t="s">
+    </row>
+    <row r="5" spans="1:5">
+      <c r="A5" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="6" spans="1:5">
+      <c r="A6" t="s" s="4">
         <v>5</v>
       </c>
-      <c r="B6" s="11"/>
-[...32 lines deleted...]
-      <c r="A10" s="1" t="s">
+    </row>
+    <row r="7" spans="1:5">
+      <c r="A7" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="8" spans="1:5">
+      <c r="A8" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="9" spans="1:5">
+      <c r="A9" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="10" spans="1:5">
+      <c r="A10" t="s" s="2">
         <v>6</v>
       </c>
-      <c r="B10" s="12" t="s">
+      <c r="B10" t="s" s="2">
         <v>7</v>
       </c>
-      <c r="C10" s="11"/>
-[...4 lines deleted...]
-      <c r="A11" s="1" t="s">
+    </row>
+    <row r="11" spans="1:5">
+      <c r="A11" t="s" s="2">
         <v>8</v>
       </c>
-      <c r="B11" s="12" t="s">
+      <c r="B11" t="s" s="2">
         <v>9</v>
       </c>
-      <c r="C11" s="11"/>
-[...4 lines deleted...]
-      <c r="A12" s="1" t="s">
+    </row>
+    <row r="12" spans="1:5">
+      <c r="A12" t="s" s="2">
         <v>10</v>
       </c>
-      <c r="B12" s="12" t="s">
+      <c r="B12" t="s" s="2">
         <v>11</v>
       </c>
-      <c r="C12" s="11"/>
-[...4 lines deleted...]
-      <c r="A13" s="1" t="s">
+    </row>
+    <row r="13" spans="1:5">
+      <c r="A13" t="s" s="2">
         <v>12</v>
       </c>
-      <c r="B13" s="12" t="s">
+      <c r="B13" t="s" s="2">
         <v>13</v>
       </c>
-      <c r="C13" s="11"/>
-[...22 lines deleted...]
-      <c r="A16" s="15" t="s">
+    </row>
+    <row r="14" spans="1:5">
+      <c r="A14" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="15" spans="1:5">
+      <c r="A15" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="16" spans="1:5">
+      <c r="A16" t="s" s="5">
         <v>14</v>
       </c>
-      <c r="B16" s="15" t="s">
+      <c r="B16" t="s" s="5">
         <v>15</v>
       </c>
-      <c r="C16" s="16" t="s">
+      <c r="C16" t="s" s="6">
         <v>16</v>
       </c>
-      <c r="D16" s="15" t="s">
+      <c r="D16" t="s" s="5">
         <v>17</v>
       </c>
-      <c r="E16" s="16" t="s">
+      <c r="E16" t="s" s="6">
         <v>16</v>
       </c>
     </row>
-    <row r="17" spans="1:5" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-      <c r="A18" s="1" t="s">
+    <row r="18" spans="1:5">
+      <c r="A18" t="s" s="2">
         <v>18</v>
       </c>
-      <c r="B18" s="4"/>
-[...5 lines deleted...]
-      <c r="A19" s="1" t="s">
+      <c r="B18" s="8">
+        <v/>
+      </c>
+      <c r="C18" s="9">
+        <v/>
+      </c>
+      <c r="D18" s="8">
+        <v/>
+      </c>
+      <c r="E18" s="9">
+        <v/>
+      </c>
+    </row>
+    <row r="19" spans="1:5">
+      <c r="A19" t="s" s="2">
         <v>19</v>
       </c>
-      <c r="B19" s="4">
-[...13 lines deleted...]
-      <c r="A20" s="2" t="s">
+      <c r="B19" s="8">
+        <v>34702849</v>
+      </c>
+      <c r="C19" s="9">
+        <v>.334</v>
+      </c>
+      <c r="D19" s="8">
+        <v>41095385068.45</v>
+      </c>
+      <c r="E19" s="9">
+        <v>.961</v>
+      </c>
+    </row>
+    <row r="20" spans="1:5">
+      <c r="A20" t="s" s="3">
         <v>20</v>
       </c>
-      <c r="B20" s="6">
-[...13 lines deleted...]
-      <c r="A21" s="2" t="s">
+      <c r="B20" s="10">
+        <v>32346416</v>
+      </c>
+      <c r="C20" s="11">
+        <v>.932</v>
+      </c>
+      <c r="D20" s="10">
+        <v>40085726266.44</v>
+      </c>
+      <c r="E20" s="11">
+        <v>.975</v>
+      </c>
+    </row>
+    <row r="21" spans="1:5">
+      <c r="A21" t="s" s="3">
         <v>21</v>
       </c>
-      <c r="B21" s="6">
+      <c r="B21" s="10">
         <v>2356433</v>
       </c>
-      <c r="C21" s="7">
-[...2 lines deleted...]
-      <c r="D21" s="6">
+      <c r="C21" s="11">
+        <v>.068</v>
+      </c>
+      <c r="D21" s="10">
         <v>1009658802.01</v>
       </c>
-      <c r="E21" s="7">
-[...4 lines deleted...]
-      <c r="A22" s="1" t="s">
+      <c r="E21" s="11">
+        <v>.025</v>
+      </c>
+    </row>
+    <row r="22" spans="1:5">
+      <c r="A22" t="s" s="2">
         <v>22</v>
       </c>
-      <c r="B22" s="4">
+      <c r="B22" s="8">
         <v>813423</v>
       </c>
-      <c r="C22" s="5">
-[...2 lines deleted...]
-      <c r="D22" s="4">
+      <c r="C22" s="9">
+        <v>.008</v>
+      </c>
+      <c r="D22" s="8">
         <v>47219598</v>
       </c>
-      <c r="E22" s="5">
-[...4 lines deleted...]
-      <c r="A23" s="1" t="s">
+      <c r="E22" s="9">
+        <v>.001</v>
+      </c>
+    </row>
+    <row r="23" spans="1:5">
+      <c r="A23" t="s" s="2">
         <v>23</v>
       </c>
-      <c r="B23" s="4">
+      <c r="B23" s="8">
         <v>1793571</v>
       </c>
-      <c r="C23" s="5">
-[...2 lines deleted...]
-      <c r="D23" s="4">
+      <c r="C23" s="9">
+        <v>.017</v>
+      </c>
+      <c r="D23" s="8">
         <v>194474616</v>
       </c>
-      <c r="E23" s="5">
-[...4 lines deleted...]
-      <c r="A24" s="1" t="s">
+      <c r="E23" s="9">
+        <v>.005</v>
+      </c>
+    </row>
+    <row r="24" spans="1:5">
+      <c r="A24" t="s" s="2">
         <v>24</v>
       </c>
-      <c r="B24" s="4">
-[...13 lines deleted...]
-      <c r="A25" s="1" t="s">
+      <c r="B24" s="8">
+        <v>16043631</v>
+      </c>
+      <c r="C24" s="9">
+        <v>.154</v>
+      </c>
+      <c r="D24" s="8">
+        <v>47918713.97</v>
+      </c>
+      <c r="E24" s="9">
+        <v>.001</v>
+      </c>
+    </row>
+    <row r="25" spans="1:5">
+      <c r="A25" t="s" s="2">
         <v>25</v>
       </c>
-      <c r="B25" s="4">
+      <c r="B25" s="8">
         <v>50555909</v>
       </c>
-      <c r="C25" s="5">
-[...2 lines deleted...]
-      <c r="D25" s="4">
+      <c r="C25" s="9">
+        <v>.487</v>
+      </c>
+      <c r="D25" s="8">
         <v>1392164366</v>
       </c>
-      <c r="E25" s="5">
-[...4 lines deleted...]
-      <c r="A26" s="2" t="s">
+      <c r="E25" s="9">
+        <v>.033</v>
+      </c>
+    </row>
+    <row r="26" spans="1:5">
+      <c r="A26" t="s" s="3">
         <v>26</v>
       </c>
-      <c r="B26" s="6">
+      <c r="B26" s="10">
         <v>43951718</v>
       </c>
-      <c r="C26" s="7">
-[...2 lines deleted...]
-      <c r="D26" s="6">
+      <c r="C26" s="11">
+        <v>.869</v>
+      </c>
+      <c r="D26" s="10">
         <v>1132611281</v>
       </c>
-      <c r="E26" s="7">
-[...4 lines deleted...]
-      <c r="A27" s="2" t="s">
+      <c r="E26" s="11">
+        <v>.814</v>
+      </c>
+    </row>
+    <row r="27" spans="1:5">
+      <c r="A27" t="s" s="3">
         <v>27</v>
       </c>
-      <c r="B27" s="6">
+      <c r="B27" s="10">
         <v>6604191</v>
       </c>
-      <c r="C27" s="7">
-[...2 lines deleted...]
-      <c r="D27" s="6">
+      <c r="C27" s="11">
+        <v>.131</v>
+      </c>
+      <c r="D27" s="10">
         <v>259553085</v>
       </c>
-      <c r="E27" s="7">
-[...4 lines deleted...]
-      <c r="A28" s="1" t="s">
+      <c r="E27" s="11">
+        <v>.186</v>
+      </c>
+    </row>
+    <row r="28" spans="1:5">
+      <c r="A28" t="s" s="2">
         <v>28</v>
       </c>
-      <c r="B28" s="4"/>
-[...5 lines deleted...]
-      <c r="A29" s="1" t="s">
+      <c r="B28" s="8">
+        <v/>
+      </c>
+      <c r="C28" s="9">
+        <v/>
+      </c>
+      <c r="D28" s="8">
+        <v/>
+      </c>
+      <c r="E28" s="9">
+        <v/>
+      </c>
+    </row>
+    <row r="29" spans="1:5">
+      <c r="A29" t="s" s="2">
         <v>29</v>
       </c>
-      <c r="B29" s="4">
-[...2 lines deleted...]
-      <c r="C29" s="5">
+      <c r="B29" s="8">
+        <v>103909383</v>
+      </c>
+      <c r="C29" s="9">
         <v>1</v>
       </c>
-      <c r="D29" s="4">
-[...2 lines deleted...]
-      <c r="E29" s="5">
+      <c r="D29" s="8">
+        <v>42777162362.42</v>
+      </c>
+      <c r="E29" s="9">
         <v>1</v>
       </c>
     </row>
-    <row r="30" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A30" s="1" t="s">
+    <row r="30" spans="1:5">
+      <c r="A30" t="s" s="2">
         <v>30</v>
       </c>
-      <c r="B30" s="4"/>
-[...5 lines deleted...]
-      <c r="A31" s="1" t="s">
+      <c r="B30" s="8">
+        <v/>
+      </c>
+      <c r="C30" s="9">
+        <v/>
+      </c>
+      <c r="D30" s="8">
+        <v/>
+      </c>
+      <c r="E30" s="9">
+        <v/>
+      </c>
+    </row>
+    <row r="31" spans="1:5">
+      <c r="A31" t="s" s="2">
         <v>31</v>
       </c>
-      <c r="B31" s="4">
+      <c r="B31" s="8">
         <v>568612</v>
       </c>
-      <c r="C31" s="5">
-[...10 lines deleted...]
-      <c r="A32" s="1" t="s">
+      <c r="C31" s="9">
+        <v>.039</v>
+      </c>
+      <c r="D31" s="8">
+        <v>6011314454.9</v>
+      </c>
+      <c r="E31" s="9">
+        <v>.515</v>
+      </c>
+    </row>
+    <row r="32" spans="1:5">
+      <c r="A32" t="s" s="2">
         <v>32</v>
       </c>
-      <c r="B32" s="4">
+      <c r="B32" s="8">
         <v>1177838</v>
       </c>
-      <c r="C32" s="5">
-[...2 lines deleted...]
-      <c r="D32" s="4">
+      <c r="C32" s="9">
+        <v>.08</v>
+      </c>
+      <c r="D32" s="8">
         <v>5042381283.29</v>
       </c>
-      <c r="E32" s="5">
-[...4 lines deleted...]
-      <c r="A33" s="1" t="s">
+      <c r="E32" s="9">
+        <v>.432</v>
+      </c>
+    </row>
+    <row r="33" spans="1:5">
+      <c r="A33" t="s" s="2">
         <v>33</v>
       </c>
-      <c r="B33" s="4">
+      <c r="B33" s="8">
         <v>9039250</v>
       </c>
-      <c r="C33" s="5">
-[...10 lines deleted...]
-      <c r="A34" s="1" t="s">
+      <c r="C33" s="9">
+        <v>.615</v>
+      </c>
+      <c r="D33" s="8">
+        <v>488177113.57</v>
+      </c>
+      <c r="E33" s="9">
+        <v>.042</v>
+      </c>
+    </row>
+    <row r="34" spans="1:5">
+      <c r="A34" t="s" s="2">
         <v>34</v>
       </c>
-      <c r="B34" s="4">
+      <c r="B34" s="8">
         <v>3916397</v>
       </c>
-      <c r="C34" s="5">
-[...2 lines deleted...]
-      <c r="D34" s="4">
+      <c r="C34" s="9">
+        <v>.266</v>
+      </c>
+      <c r="D34" s="8">
         <v>139700668</v>
       </c>
-      <c r="E34" s="5">
-[...4 lines deleted...]
-      <c r="A35" s="1" t="s">
+      <c r="E34" s="9">
+        <v>.012</v>
+      </c>
+    </row>
+    <row r="35" spans="1:5">
+      <c r="A35" t="s" s="2">
         <v>35</v>
       </c>
-      <c r="B35" s="4">
+      <c r="B35" s="8">
         <v>14702097</v>
       </c>
-      <c r="C35" s="5">
+      <c r="C35" s="9">
         <v>1</v>
       </c>
-      <c r="D35" s="4">
+      <c r="D35" s="8">
         <v>11681573519.76</v>
       </c>
-      <c r="E35" s="5">
+      <c r="E35" s="9">
         <v>1</v>
       </c>
     </row>
-    <row r="36" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A36" s="3" t="s">
+    <row r="36" spans="1:5">
+      <c r="A36" t="s" s="7">
         <v>36</v>
       </c>
-      <c r="B36" s="8">
-[...27 lines deleted...]
-      <c r="A39" s="13" t="s">
+      <c r="B36" s="12">
+        <v>118611480</v>
+      </c>
+      <c r="C36" s="13">
+        <v/>
+      </c>
+      <c r="D36" s="12">
+        <v>54458735882.18</v>
+      </c>
+      <c r="E36" s="13">
+        <v/>
+      </c>
+    </row>
+    <row r="37" spans="1:5">
+      <c r="A37" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="38" spans="1:5">
+      <c r="A38" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="39" spans="1:5" ht="28" customHeight="1">
+      <c r="A39" t="s" s="3">
         <v>37</v>
       </c>
-      <c r="B39" s="11"/>
-[...5 lines deleted...]
-      <c r="A40" s="13" t="s">
+    </row>
+    <row r="40" spans="1:5" ht="35" customHeight="1">
+      <c r="A40" t="s" s="3">
         <v>38</v>
       </c>
-      <c r="B40" s="11"/>
-[...5 lines deleted...]
-      <c r="A41" s="13" t="s">
+    </row>
+    <row r="41" spans="1:5" ht="52" customHeight="1">
+      <c r="A41" t="s" s="3">
         <v>39</v>
       </c>
-      <c r="B41" s="11"/>
-[...5 lines deleted...]
-      <c r="A42" s="13" t="s">
+    </row>
+    <row r="42" spans="1:5" ht="55" customHeight="1">
+      <c r="A42" t="s" s="3">
         <v>40</v>
       </c>
-      <c r="B42" s="11"/>
-[...5 lines deleted...]
-      <c r="A43" s="13" t="s">
+    </row>
+    <row r="43" spans="1:5" ht="35" customHeight="1">
+      <c r="A43" t="s" s="3">
         <v>41</v>
       </c>
-      <c r="B43" s="11"/>
-[...5 lines deleted...]
-      <c r="A44" s="13" t="s">
+    </row>
+    <row r="44" spans="1:5" ht="40" customHeight="1">
+      <c r="A44" t="s" s="3">
         <v>42</v>
       </c>
-      <c r="B44" s="11"/>
-[...5 lines deleted...]
-      <c r="A45" s="13" t="s">
+    </row>
+    <row r="45" spans="1:5" ht="35" customHeight="1">
+      <c r="A45" t="s" s="3">
         <v>43</v>
       </c>
-      <c r="B45" s="11"/>
-[...5 lines deleted...]
-      <c r="A46" s="13" t="s">
+    </row>
+    <row r="46" spans="1:5" ht="37" customHeight="1">
+      <c r="A46" t="s" s="3">
         <v>44</v>
       </c>
-      <c r="B46" s="11"/>
-[...5 lines deleted...]
-      <c r="A47" s="13" t="s">
+    </row>
+    <row r="47" spans="1:5" ht="40" customHeight="1">
+      <c r="A47" t="s" s="3">
         <v>45</v>
       </c>
-      <c r="B47" s="11"/>
-[...5 lines deleted...]
-      <c r="A48" s="13" t="s">
+    </row>
+    <row r="48" spans="1:5">
+      <c r="A48" t="s" s="3">
         <v>46</v>
       </c>
-      <c r="B48" s="11"/>
-[...2 lines deleted...]
-      <c r="E48" s="11"/>
     </row>
   </sheetData>
   <mergeCells count="32">
-    <mergeCell ref="A47:E47"/>
-    <mergeCell ref="A48:E48"/>
+    <mergeCell ref="A1:E1"/>
+    <mergeCell ref="A2:E2"/>
+    <mergeCell ref="A3:E3"/>
+    <mergeCell ref="A4:E4"/>
+    <mergeCell ref="A5:E5"/>
+    <mergeCell ref="A6:E6"/>
+    <mergeCell ref="A7:E7"/>
+    <mergeCell ref="A8:E8"/>
+    <mergeCell ref="A9:E9"/>
+    <mergeCell ref="B10:E10"/>
+    <mergeCell ref="B11:E11"/>
+    <mergeCell ref="B12:E12"/>
+    <mergeCell ref="B13:E13"/>
+    <mergeCell ref="A14:E14"/>
+    <mergeCell ref="A15:E15"/>
+    <mergeCell ref="A16:A17"/>
+    <mergeCell ref="B16:B17"/>
+    <mergeCell ref="C16:C17"/>
+    <mergeCell ref="D16:D17"/>
+    <mergeCell ref="E16:E17"/>
+    <mergeCell ref="A37:E37"/>
+    <mergeCell ref="A38:E38"/>
+    <mergeCell ref="A39:E39"/>
+    <mergeCell ref="A40:E40"/>
+    <mergeCell ref="A41:E41"/>
     <mergeCell ref="A42:E42"/>
     <mergeCell ref="A43:E43"/>
     <mergeCell ref="A44:E44"/>
     <mergeCell ref="A45:E45"/>
     <mergeCell ref="A46:E46"/>
-    <mergeCell ref="A37:E37"/>
-[...23 lines deleted...]
-    <mergeCell ref="A5:E5"/>
+    <mergeCell ref="A47:E47"/>
+    <mergeCell ref="A48:E48"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
+<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:E48"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="57" customWidth="1"/>
     <col min="2" max="2" width="21" customWidth="1"/>
     <col min="3" max="3" width="9" customWidth="1"/>
     <col min="4" max="4" width="21" customWidth="1"/>
     <col min="5" max="5" width="9" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A1" s="10" t="s">
+    <row r="1" spans="1:5">
+      <c r="A1" t="s" s="1">
         <v>0</v>
       </c>
-      <c r="B1" s="11"/>
-[...5 lines deleted...]
-      <c r="A2" s="12" t="s">
+    </row>
+    <row r="2" spans="1:5">
+      <c r="A2" t="s" s="2">
         <v>1</v>
       </c>
-      <c r="B2" s="11"/>
-[...5 lines deleted...]
-      <c r="A3" s="12" t="s">
+    </row>
+    <row r="3" spans="1:5">
+      <c r="A3" t="s" s="2">
         <v>2</v>
       </c>
-      <c r="B3" s="11"/>
-[...5 lines deleted...]
-      <c r="A4" s="12" t="s">
+    </row>
+    <row r="4" spans="1:5">
+      <c r="A4" t="s" s="2">
         <v>3</v>
       </c>
-      <c r="B4" s="11"/>
-[...14 lines deleted...]
-      <c r="A6" s="14" t="s">
+    </row>
+    <row r="5" spans="1:5">
+      <c r="A5" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="6" spans="1:5">
+      <c r="A6" t="s" s="4">
         <v>5</v>
       </c>
-      <c r="B6" s="11"/>
-[...32 lines deleted...]
-      <c r="A10" s="1" t="s">
+    </row>
+    <row r="7" spans="1:5">
+      <c r="A7" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="8" spans="1:5">
+      <c r="A8" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="9" spans="1:5">
+      <c r="A9" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="10" spans="1:5">
+      <c r="A10" t="s" s="2">
         <v>6</v>
       </c>
-      <c r="B10" s="12" t="s">
+      <c r="B10" t="s" s="2">
         <v>7</v>
       </c>
-      <c r="C10" s="11"/>
-[...4 lines deleted...]
-      <c r="A11" s="1" t="s">
+    </row>
+    <row r="11" spans="1:5">
+      <c r="A11" t="s" s="2">
         <v>8</v>
       </c>
-      <c r="B11" s="12" t="s">
-[...7 lines deleted...]
-      <c r="A12" s="1" t="s">
+      <c r="B11" t="s" s="2">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="12" spans="1:5">
+      <c r="A12" t="s" s="2">
         <v>10</v>
       </c>
-      <c r="B12" s="12" t="s">
+      <c r="B12" t="s" s="2">
         <v>11</v>
       </c>
-      <c r="C12" s="11"/>
-[...4 lines deleted...]
-      <c r="A13" s="1" t="s">
+    </row>
+    <row r="13" spans="1:5">
+      <c r="A13" t="s" s="2">
         <v>12</v>
       </c>
-      <c r="B13" s="12" t="s">
+      <c r="B13" t="s" s="2">
         <v>13</v>
       </c>
-      <c r="C13" s="11"/>
-[...22 lines deleted...]
-      <c r="A16" s="15" t="s">
+    </row>
+    <row r="14" spans="1:5">
+      <c r="A14" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="15" spans="1:5">
+      <c r="A15" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="16" spans="1:5">
+      <c r="A16" t="s" s="5">
         <v>14</v>
       </c>
-      <c r="B16" s="15" t="s">
+      <c r="B16" t="s" s="5">
         <v>15</v>
       </c>
-      <c r="C16" s="16" t="s">
+      <c r="C16" t="s" s="6">
         <v>16</v>
       </c>
-      <c r="D16" s="15" t="s">
+      <c r="D16" t="s" s="5">
         <v>17</v>
       </c>
-      <c r="E16" s="16" t="s">
+      <c r="E16" t="s" s="6">
         <v>16</v>
       </c>
     </row>
-    <row r="17" spans="1:5" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-      <c r="A18" s="1" t="s">
+    <row r="18" spans="1:5">
+      <c r="A18" t="s" s="2">
         <v>18</v>
       </c>
-      <c r="B18" s="4"/>
-[...5 lines deleted...]
-      <c r="A19" s="1" t="s">
+      <c r="B18" s="8">
+        <v/>
+      </c>
+      <c r="C18" s="9">
+        <v/>
+      </c>
+      <c r="D18" s="8">
+        <v/>
+      </c>
+      <c r="E18" s="9">
+        <v/>
+      </c>
+    </row>
+    <row r="19" spans="1:5">
+      <c r="A19" t="s" s="2">
         <v>19</v>
       </c>
-      <c r="B19" s="4">
-[...13 lines deleted...]
-      <c r="A20" s="2" t="s">
+      <c r="B19" s="8">
+        <v>38528859</v>
+      </c>
+      <c r="C19" s="9">
+        <v>.323</v>
+      </c>
+      <c r="D19" s="8">
+        <v>46442908643.96</v>
+      </c>
+      <c r="E19" s="9">
+        <v>.957</v>
+      </c>
+    </row>
+    <row r="20" spans="1:5">
+      <c r="A20" t="s" s="3">
         <v>20</v>
       </c>
-      <c r="B20" s="6">
-[...13 lines deleted...]
-      <c r="A21" s="2" t="s">
+      <c r="B20" s="10">
+        <v>36064858</v>
+      </c>
+      <c r="C20" s="11">
+        <v>.936</v>
+      </c>
+      <c r="D20" s="10">
+        <v>45346710559.99</v>
+      </c>
+      <c r="E20" s="11">
+        <v>.976</v>
+      </c>
+    </row>
+    <row r="21" spans="1:5">
+      <c r="A21" t="s" s="3">
         <v>21</v>
       </c>
-      <c r="B21" s="6">
-[...13 lines deleted...]
-      <c r="A22" s="1" t="s">
+      <c r="B21" s="10">
+        <v>2464001</v>
+      </c>
+      <c r="C21" s="11">
+        <v>.064</v>
+      </c>
+      <c r="D21" s="10">
+        <v>1096198083.97</v>
+      </c>
+      <c r="E21" s="11">
+        <v>.024</v>
+      </c>
+    </row>
+    <row r="22" spans="1:5">
+      <c r="A22" t="s" s="2">
         <v>22</v>
       </c>
-      <c r="B22" s="4">
-[...13 lines deleted...]
-      <c r="A23" s="1" t="s">
+      <c r="B22" s="8">
+        <v>905397</v>
+      </c>
+      <c r="C22" s="9">
+        <v>.008</v>
+      </c>
+      <c r="D22" s="8">
+        <v>50519385</v>
+      </c>
+      <c r="E22" s="9">
+        <v>.001</v>
+      </c>
+    </row>
+    <row r="23" spans="1:5">
+      <c r="A23" t="s" s="2">
         <v>23</v>
       </c>
-      <c r="B23" s="4">
-[...13 lines deleted...]
-      <c r="A24" s="1" t="s">
+      <c r="B23" s="8">
+        <v>1797518</v>
+      </c>
+      <c r="C23" s="9">
+        <v>.015</v>
+      </c>
+      <c r="D23" s="8">
+        <v>198996297</v>
+      </c>
+      <c r="E23" s="9">
+        <v>.004</v>
+      </c>
+    </row>
+    <row r="24" spans="1:5">
+      <c r="A24" t="s" s="2">
         <v>24</v>
       </c>
-      <c r="B24" s="4">
-[...13 lines deleted...]
-      <c r="A25" s="1" t="s">
+      <c r="B24" s="8">
+        <v>15300710</v>
+      </c>
+      <c r="C24" s="9">
+        <v>.128</v>
+      </c>
+      <c r="D24" s="8">
+        <v>47493817.32</v>
+      </c>
+      <c r="E24" s="9">
+        <v>.001</v>
+      </c>
+    </row>
+    <row r="25" spans="1:5">
+      <c r="A25" t="s" s="2">
         <v>25</v>
       </c>
-      <c r="B25" s="4">
-[...13 lines deleted...]
-      <c r="A26" s="2" t="s">
+      <c r="B25" s="8">
+        <v>62729407</v>
+      </c>
+      <c r="C25" s="9">
+        <v>.526</v>
+      </c>
+      <c r="D25" s="8">
+        <v>1782747008</v>
+      </c>
+      <c r="E25" s="9">
+        <v>.037</v>
+      </c>
+    </row>
+    <row r="26" spans="1:5">
+      <c r="A26" t="s" s="3">
         <v>26</v>
       </c>
-      <c r="B26" s="6">
-[...13 lines deleted...]
-      <c r="A27" s="2" t="s">
+      <c r="B26" s="10">
+        <v>54861824</v>
+      </c>
+      <c r="C26" s="11">
+        <v>.875</v>
+      </c>
+      <c r="D26" s="10">
+        <v>1454288002</v>
+      </c>
+      <c r="E26" s="11">
+        <v>.816</v>
+      </c>
+    </row>
+    <row r="27" spans="1:5">
+      <c r="A27" t="s" s="3">
         <v>27</v>
       </c>
-      <c r="B27" s="6">
-[...13 lines deleted...]
-      <c r="A28" s="1" t="s">
+      <c r="B27" s="10">
+        <v>7867583</v>
+      </c>
+      <c r="C27" s="11">
+        <v>.125</v>
+      </c>
+      <c r="D27" s="10">
+        <v>328459006</v>
+      </c>
+      <c r="E27" s="11">
+        <v>.184</v>
+      </c>
+    </row>
+    <row r="28" spans="1:5">
+      <c r="A28" t="s" s="2">
         <v>28</v>
       </c>
-      <c r="B28" s="4"/>
-[...5 lines deleted...]
-      <c r="A29" s="1" t="s">
+      <c r="B28" s="8">
+        <v/>
+      </c>
+      <c r="C28" s="9">
+        <v/>
+      </c>
+      <c r="D28" s="8">
+        <v/>
+      </c>
+      <c r="E28" s="9">
+        <v/>
+      </c>
+    </row>
+    <row r="29" spans="1:5">
+      <c r="A29" t="s" s="2">
         <v>29</v>
       </c>
-      <c r="B29" s="4">
-[...2 lines deleted...]
-      <c r="C29" s="5">
+      <c r="B29" s="8">
+        <v>119261891</v>
+      </c>
+      <c r="C29" s="9">
         <v>1</v>
       </c>
-      <c r="D29" s="4">
-[...2 lines deleted...]
-      <c r="E29" s="5">
+      <c r="D29" s="8">
+        <v>48522665151.28</v>
+      </c>
+      <c r="E29" s="9">
         <v>1</v>
       </c>
     </row>
-    <row r="30" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A30" s="1" t="s">
+    <row r="30" spans="1:5">
+      <c r="A30" t="s" s="2">
         <v>30</v>
       </c>
-      <c r="B30" s="4"/>
-[...5 lines deleted...]
-      <c r="A31" s="1" t="s">
+      <c r="B30" s="8">
+        <v/>
+      </c>
+      <c r="C30" s="9">
+        <v/>
+      </c>
+      <c r="D30" s="8">
+        <v/>
+      </c>
+      <c r="E30" s="9">
+        <v/>
+      </c>
+    </row>
+    <row r="31" spans="1:5">
+      <c r="A31" t="s" s="2">
         <v>31</v>
       </c>
-      <c r="B31" s="4">
-[...13 lines deleted...]
-      <c r="A32" s="1" t="s">
+      <c r="B31" s="8">
+        <v>681352</v>
+      </c>
+      <c r="C31" s="9">
+        <v>.03</v>
+      </c>
+      <c r="D31" s="8">
+        <v>6492535231.74</v>
+      </c>
+      <c r="E31" s="9">
+        <v>.487</v>
+      </c>
+    </row>
+    <row r="32" spans="1:5">
+      <c r="A32" t="s" s="2">
         <v>32</v>
       </c>
-      <c r="B32" s="4">
-[...13 lines deleted...]
-      <c r="A33" s="1" t="s">
+      <c r="B32" s="8">
+        <v>1509958</v>
+      </c>
+      <c r="C32" s="9">
+        <v>.067</v>
+      </c>
+      <c r="D32" s="8">
+        <v>5936382213.76</v>
+      </c>
+      <c r="E32" s="9">
+        <v>.445</v>
+      </c>
+    </row>
+    <row r="33" spans="1:5">
+      <c r="A33" t="s" s="2">
         <v>33</v>
       </c>
-      <c r="B33" s="4">
-[...13 lines deleted...]
-      <c r="A34" s="1" t="s">
+      <c r="B33" s="8">
+        <v>10925894</v>
+      </c>
+      <c r="C33" s="9">
+        <v>.485</v>
+      </c>
+      <c r="D33" s="8">
+        <v>600508157.08</v>
+      </c>
+      <c r="E33" s="9">
+        <v>.045</v>
+      </c>
+    </row>
+    <row r="34" spans="1:5">
+      <c r="A34" t="s" s="2">
         <v>34</v>
       </c>
-      <c r="B34" s="4">
-[...13 lines deleted...]
-      <c r="A35" s="1" t="s">
+      <c r="B34" s="8">
+        <v>9408009</v>
+      </c>
+      <c r="C34" s="9">
+        <v>.418</v>
+      </c>
+      <c r="D34" s="8">
+        <v>298193581</v>
+      </c>
+      <c r="E34" s="9">
+        <v>.022</v>
+      </c>
+    </row>
+    <row r="35" spans="1:5">
+      <c r="A35" t="s" s="2">
         <v>35</v>
       </c>
-      <c r="B35" s="4">
-[...2 lines deleted...]
-      <c r="C35" s="5">
+      <c r="B35" s="8">
+        <v>22525213</v>
+      </c>
+      <c r="C35" s="9">
         <v>1</v>
       </c>
-      <c r="D35" s="4">
-[...2 lines deleted...]
-      <c r="E35" s="5">
+      <c r="D35" s="8">
+        <v>13327619183.58</v>
+      </c>
+      <c r="E35" s="9">
         <v>1</v>
       </c>
     </row>
-    <row r="36" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A36" s="3" t="s">
+    <row r="36" spans="1:5">
+      <c r="A36" t="s" s="7">
         <v>36</v>
       </c>
-      <c r="B36" s="8">
-[...27 lines deleted...]
-      <c r="A39" s="13" t="s">
+      <c r="B36" s="12">
+        <v>141787104</v>
+      </c>
+      <c r="C36" s="13">
+        <v/>
+      </c>
+      <c r="D36" s="12">
+        <v>61850284334.86</v>
+      </c>
+      <c r="E36" s="13">
+        <v/>
+      </c>
+    </row>
+    <row r="37" spans="1:5">
+      <c r="A37" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="38" spans="1:5">
+      <c r="A38" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="39" spans="1:5" ht="28" customHeight="1">
+      <c r="A39" t="s" s="3">
         <v>37</v>
       </c>
-      <c r="B39" s="11"/>
-[...5 lines deleted...]
-      <c r="A40" s="13" t="s">
+    </row>
+    <row r="40" spans="1:5" ht="35" customHeight="1">
+      <c r="A40" t="s" s="3">
         <v>38</v>
       </c>
-      <c r="B40" s="11"/>
-[...5 lines deleted...]
-      <c r="A41" s="13" t="s">
+    </row>
+    <row r="41" spans="1:5" ht="52" customHeight="1">
+      <c r="A41" t="s" s="3">
         <v>39</v>
       </c>
-      <c r="B41" s="11"/>
-[...5 lines deleted...]
-      <c r="A42" s="13" t="s">
+    </row>
+    <row r="42" spans="1:5" ht="55" customHeight="1">
+      <c r="A42" t="s" s="3">
         <v>40</v>
       </c>
-      <c r="B42" s="11"/>
-[...5 lines deleted...]
-      <c r="A43" s="13" t="s">
+    </row>
+    <row r="43" spans="1:5" ht="35" customHeight="1">
+      <c r="A43" t="s" s="3">
         <v>41</v>
       </c>
-      <c r="B43" s="11"/>
-[...5 lines deleted...]
-      <c r="A44" s="13" t="s">
+    </row>
+    <row r="44" spans="1:5" ht="40" customHeight="1">
+      <c r="A44" t="s" s="3">
         <v>42</v>
       </c>
-      <c r="B44" s="11"/>
-[...5 lines deleted...]
-      <c r="A45" s="13" t="s">
+    </row>
+    <row r="45" spans="1:5" ht="35" customHeight="1">
+      <c r="A45" t="s" s="3">
         <v>43</v>
       </c>
-      <c r="B45" s="11"/>
-[...5 lines deleted...]
-      <c r="A46" s="13" t="s">
+    </row>
+    <row r="46" spans="1:5" ht="37" customHeight="1">
+      <c r="A46" t="s" s="3">
         <v>44</v>
       </c>
-      <c r="B46" s="11"/>
-[...5 lines deleted...]
-      <c r="A47" s="13" t="s">
+    </row>
+    <row r="47" spans="1:5" ht="40" customHeight="1">
+      <c r="A47" t="s" s="3">
         <v>45</v>
       </c>
-      <c r="B47" s="11"/>
-[...5 lines deleted...]
-      <c r="A48" s="13" t="s">
+    </row>
+    <row r="48" spans="1:5">
+      <c r="A48" t="s" s="3">
         <v>46</v>
       </c>
-      <c r="B48" s="11"/>
-[...2 lines deleted...]
-      <c r="E48" s="11"/>
     </row>
   </sheetData>
   <mergeCells count="32">
-    <mergeCell ref="A47:E47"/>
-    <mergeCell ref="A48:E48"/>
+    <mergeCell ref="A1:E1"/>
+    <mergeCell ref="A2:E2"/>
+    <mergeCell ref="A3:E3"/>
+    <mergeCell ref="A4:E4"/>
+    <mergeCell ref="A5:E5"/>
+    <mergeCell ref="A6:E6"/>
+    <mergeCell ref="A7:E7"/>
+    <mergeCell ref="A8:E8"/>
+    <mergeCell ref="A9:E9"/>
+    <mergeCell ref="B10:E10"/>
+    <mergeCell ref="B11:E11"/>
+    <mergeCell ref="B12:E12"/>
+    <mergeCell ref="B13:E13"/>
+    <mergeCell ref="A14:E14"/>
+    <mergeCell ref="A15:E15"/>
+    <mergeCell ref="A16:A17"/>
+    <mergeCell ref="B16:B17"/>
+    <mergeCell ref="C16:C17"/>
+    <mergeCell ref="D16:D17"/>
+    <mergeCell ref="E16:E17"/>
+    <mergeCell ref="A37:E37"/>
+    <mergeCell ref="A38:E38"/>
+    <mergeCell ref="A39:E39"/>
+    <mergeCell ref="A40:E40"/>
+    <mergeCell ref="A41:E41"/>
     <mergeCell ref="A42:E42"/>
     <mergeCell ref="A43:E43"/>
     <mergeCell ref="A44:E44"/>
     <mergeCell ref="A45:E45"/>
     <mergeCell ref="A46:E46"/>
-    <mergeCell ref="A37:E37"/>
-[...23 lines deleted...]
-    <mergeCell ref="A5:E5"/>
+    <mergeCell ref="A47:E47"/>
+    <mergeCell ref="A48:E48"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
+<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:E48"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="57" customWidth="1"/>
     <col min="2" max="2" width="21" customWidth="1"/>
     <col min="3" max="3" width="9" customWidth="1"/>
     <col min="4" max="4" width="21" customWidth="1"/>
     <col min="5" max="5" width="9" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A1" s="10" t="s">
+    <row r="1" spans="1:5">
+      <c r="A1" t="s" s="1">
         <v>0</v>
       </c>
-      <c r="B1" s="11"/>
-[...5 lines deleted...]
-      <c r="A2" s="12" t="s">
+    </row>
+    <row r="2" spans="1:5">
+      <c r="A2" t="s" s="2">
         <v>1</v>
       </c>
-      <c r="B2" s="11"/>
-[...5 lines deleted...]
-      <c r="A3" s="12" t="s">
+    </row>
+    <row r="3" spans="1:5">
+      <c r="A3" t="s" s="2">
         <v>2</v>
       </c>
-      <c r="B3" s="11"/>
-[...5 lines deleted...]
-      <c r="A4" s="12" t="s">
+    </row>
+    <row r="4" spans="1:5">
+      <c r="A4" t="s" s="2">
         <v>3</v>
       </c>
-      <c r="B4" s="11"/>
-[...14 lines deleted...]
-      <c r="A6" s="14" t="s">
+    </row>
+    <row r="5" spans="1:5">
+      <c r="A5" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="6" spans="1:5">
+      <c r="A6" t="s" s="4">
         <v>5</v>
       </c>
-      <c r="B6" s="11"/>
-[...32 lines deleted...]
-      <c r="A10" s="1" t="s">
+    </row>
+    <row r="7" spans="1:5">
+      <c r="A7" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="8" spans="1:5">
+      <c r="A8" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="9" spans="1:5">
+      <c r="A9" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="10" spans="1:5">
+      <c r="A10" t="s" s="2">
         <v>6</v>
       </c>
-      <c r="B10" s="12" t="s">
+      <c r="B10" t="s" s="2">
         <v>7</v>
       </c>
-      <c r="C10" s="11"/>
-[...4 lines deleted...]
-      <c r="A11" s="1" t="s">
+    </row>
+    <row r="11" spans="1:5">
+      <c r="A11" t="s" s="2">
         <v>8</v>
       </c>
-      <c r="B11" s="12" t="s">
-[...7 lines deleted...]
-      <c r="A12" s="1" t="s">
+      <c r="B11" t="s" s="2">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="12" spans="1:5">
+      <c r="A12" t="s" s="2">
         <v>10</v>
       </c>
-      <c r="B12" s="12" t="s">
+      <c r="B12" t="s" s="2">
         <v>11</v>
       </c>
-      <c r="C12" s="11"/>
-[...4 lines deleted...]
-      <c r="A13" s="1" t="s">
+    </row>
+    <row r="13" spans="1:5">
+      <c r="A13" t="s" s="2">
         <v>12</v>
       </c>
-      <c r="B13" s="12" t="s">
+      <c r="B13" t="s" s="2">
         <v>13</v>
       </c>
-      <c r="C13" s="11"/>
-[...22 lines deleted...]
-      <c r="A16" s="15" t="s">
+    </row>
+    <row r="14" spans="1:5">
+      <c r="A14" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="15" spans="1:5">
+      <c r="A15" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="16" spans="1:5">
+      <c r="A16" t="s" s="5">
         <v>14</v>
       </c>
-      <c r="B16" s="15" t="s">
+      <c r="B16" t="s" s="5">
         <v>15</v>
       </c>
-      <c r="C16" s="16" t="s">
+      <c r="C16" t="s" s="6">
         <v>16</v>
       </c>
-      <c r="D16" s="15" t="s">
+      <c r="D16" t="s" s="5">
         <v>17</v>
       </c>
-      <c r="E16" s="16" t="s">
+      <c r="E16" t="s" s="6">
         <v>16</v>
       </c>
     </row>
-    <row r="17" spans="1:5" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-      <c r="A18" s="1" t="s">
+    <row r="18" spans="1:5">
+      <c r="A18" t="s" s="2">
         <v>18</v>
       </c>
-      <c r="B18" s="4"/>
-[...5 lines deleted...]
-      <c r="A19" s="1" t="s">
+      <c r="B18" s="8">
+        <v/>
+      </c>
+      <c r="C18" s="9">
+        <v/>
+      </c>
+      <c r="D18" s="8">
+        <v/>
+      </c>
+      <c r="E18" s="9">
+        <v/>
+      </c>
+    </row>
+    <row r="19" spans="1:5">
+      <c r="A19" t="s" s="2">
         <v>19</v>
       </c>
-      <c r="B19" s="4">
-[...13 lines deleted...]
-      <c r="A20" s="2" t="s">
+      <c r="B19" s="8">
+        <v>35974009</v>
+      </c>
+      <c r="C19" s="9">
+        <v>.323</v>
+      </c>
+      <c r="D19" s="8">
+        <v>44419445078.95</v>
+      </c>
+      <c r="E19" s="9">
+        <v>.957</v>
+      </c>
+    </row>
+    <row r="20" spans="1:5">
+      <c r="A20" t="s" s="3">
         <v>20</v>
       </c>
-      <c r="B20" s="6">
-[...13 lines deleted...]
-      <c r="A21" s="2" t="s">
+      <c r="B20" s="10">
+        <v>33551061</v>
+      </c>
+      <c r="C20" s="11">
+        <v>.933</v>
+      </c>
+      <c r="D20" s="10">
+        <v>43437051101.71</v>
+      </c>
+      <c r="E20" s="11">
+        <v>.978</v>
+      </c>
+    </row>
+    <row r="21" spans="1:5">
+      <c r="A21" t="s" s="3">
         <v>21</v>
       </c>
-      <c r="B21" s="6">
-[...13 lines deleted...]
-      <c r="A22" s="1" t="s">
+      <c r="B21" s="10">
+        <v>2422948</v>
+      </c>
+      <c r="C21" s="11">
+        <v>.067</v>
+      </c>
+      <c r="D21" s="10">
+        <v>982393977.24</v>
+      </c>
+      <c r="E21" s="11">
+        <v>.022</v>
+      </c>
+    </row>
+    <row r="22" spans="1:5">
+      <c r="A22" t="s" s="2">
         <v>22</v>
       </c>
-      <c r="B22" s="4">
-[...13 lines deleted...]
-      <c r="A23" s="1" t="s">
+      <c r="B22" s="8">
+        <v>831491</v>
+      </c>
+      <c r="C22" s="9">
+        <v>.007</v>
+      </c>
+      <c r="D22" s="8">
+        <v>46061092</v>
+      </c>
+      <c r="E22" s="9">
+        <v>.001</v>
+      </c>
+    </row>
+    <row r="23" spans="1:5">
+      <c r="A23" t="s" s="2">
         <v>23</v>
       </c>
-      <c r="B23" s="4">
-[...13 lines deleted...]
-      <c r="A24" s="1" t="s">
+      <c r="B23" s="8">
+        <v>1798396</v>
+      </c>
+      <c r="C23" s="9">
+        <v>.016</v>
+      </c>
+      <c r="D23" s="8">
+        <v>199231529</v>
+      </c>
+      <c r="E23" s="9">
+        <v>.004</v>
+      </c>
+    </row>
+    <row r="24" spans="1:5">
+      <c r="A24" t="s" s="2">
         <v>24</v>
       </c>
-      <c r="B24" s="4">
-[...13 lines deleted...]
-      <c r="A25" s="1" t="s">
+      <c r="B24" s="8">
+        <v>14621424</v>
+      </c>
+      <c r="C24" s="9">
+        <v>.131</v>
+      </c>
+      <c r="D24" s="8">
+        <v>40840344.33</v>
+      </c>
+      <c r="E24" s="9">
+        <v>.001</v>
+      </c>
+    </row>
+    <row r="25" spans="1:5">
+      <c r="A25" t="s" s="2">
         <v>25</v>
       </c>
-      <c r="B25" s="4">
-[...13 lines deleted...]
-      <c r="A26" s="2" t="s">
+      <c r="B25" s="8">
+        <v>58133462</v>
+      </c>
+      <c r="C25" s="9">
+        <v>.522</v>
+      </c>
+      <c r="D25" s="8">
+        <v>1729868936</v>
+      </c>
+      <c r="E25" s="9">
+        <v>.037</v>
+      </c>
+    </row>
+    <row r="26" spans="1:5">
+      <c r="A26" t="s" s="3">
         <v>26</v>
       </c>
-      <c r="B26" s="6">
-[...13 lines deleted...]
-      <c r="A27" s="2" t="s">
+      <c r="B26" s="10">
+        <v>50980396</v>
+      </c>
+      <c r="C26" s="11">
+        <v>.877</v>
+      </c>
+      <c r="D26" s="10">
+        <v>1407043110</v>
+      </c>
+      <c r="E26" s="11">
+        <v>.813</v>
+      </c>
+    </row>
+    <row r="27" spans="1:5">
+      <c r="A27" t="s" s="3">
         <v>27</v>
       </c>
-      <c r="B27" s="6">
-[...13 lines deleted...]
-      <c r="A28" s="1" t="s">
+      <c r="B27" s="10">
+        <v>7153066</v>
+      </c>
+      <c r="C27" s="11">
+        <v>.123</v>
+      </c>
+      <c r="D27" s="10">
+        <v>322825826</v>
+      </c>
+      <c r="E27" s="11">
+        <v>.187</v>
+      </c>
+    </row>
+    <row r="28" spans="1:5">
+      <c r="A28" t="s" s="2">
         <v>28</v>
       </c>
-      <c r="B28" s="4"/>
-[...5 lines deleted...]
-      <c r="A29" s="1" t="s">
+      <c r="B28" s="8">
+        <v/>
+      </c>
+      <c r="C28" s="9">
+        <v/>
+      </c>
+      <c r="D28" s="8">
+        <v/>
+      </c>
+      <c r="E28" s="9">
+        <v/>
+      </c>
+    </row>
+    <row r="29" spans="1:5">
+      <c r="A29" t="s" s="2">
         <v>29</v>
       </c>
-      <c r="B29" s="4">
-[...2 lines deleted...]
-      <c r="C29" s="5">
+      <c r="B29" s="8">
+        <v>111358782</v>
+      </c>
+      <c r="C29" s="9">
         <v>1</v>
       </c>
-      <c r="D29" s="4">
-[...2 lines deleted...]
-      <c r="E29" s="5">
+      <c r="D29" s="8">
+        <v>46435446980.28</v>
+      </c>
+      <c r="E29" s="9">
         <v>1</v>
       </c>
     </row>
-    <row r="30" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A30" s="1" t="s">
+    <row r="30" spans="1:5">
+      <c r="A30" t="s" s="2">
         <v>30</v>
       </c>
-      <c r="B30" s="4"/>
-[...5 lines deleted...]
-      <c r="A31" s="1" t="s">
+      <c r="B30" s="8">
+        <v/>
+      </c>
+      <c r="C30" s="9">
+        <v/>
+      </c>
+      <c r="D30" s="8">
+        <v/>
+      </c>
+      <c r="E30" s="9">
+        <v/>
+      </c>
+    </row>
+    <row r="31" spans="1:5">
+      <c r="A31" t="s" s="2">
         <v>31</v>
       </c>
-      <c r="B31" s="4">
-[...13 lines deleted...]
-      <c r="A32" s="1" t="s">
+      <c r="B31" s="8">
+        <v>634545</v>
+      </c>
+      <c r="C31" s="9">
+        <v>.034</v>
+      </c>
+      <c r="D31" s="8">
+        <v>5427666651.07</v>
+      </c>
+      <c r="E31" s="9">
+        <v>.469</v>
+      </c>
+    </row>
+    <row r="32" spans="1:5">
+      <c r="A32" t="s" s="2">
         <v>32</v>
       </c>
-      <c r="B32" s="4">
-[...13 lines deleted...]
-      <c r="A33" s="1" t="s">
+      <c r="B32" s="8">
+        <v>1280339</v>
+      </c>
+      <c r="C32" s="9">
+        <v>.068</v>
+      </c>
+      <c r="D32" s="8">
+        <v>5355723664.78</v>
+      </c>
+      <c r="E32" s="9">
+        <v>.463</v>
+      </c>
+    </row>
+    <row r="33" spans="1:5">
+      <c r="A33" t="s" s="2">
         <v>33</v>
       </c>
-      <c r="B33" s="4">
-[...13 lines deleted...]
-      <c r="A34" s="1" t="s">
+      <c r="B33" s="8">
+        <v>11128411</v>
+      </c>
+      <c r="C33" s="9">
+        <v>.591</v>
+      </c>
+      <c r="D33" s="8">
+        <v>630604939.19</v>
+      </c>
+      <c r="E33" s="9">
+        <v>.055</v>
+      </c>
+    </row>
+    <row r="34" spans="1:5">
+      <c r="A34" t="s" s="2">
         <v>34</v>
       </c>
-      <c r="B34" s="4">
-[...13 lines deleted...]
-      <c r="A35" s="1" t="s">
+      <c r="B34" s="8">
+        <v>5801987</v>
+      </c>
+      <c r="C34" s="9">
+        <v>.308</v>
+      </c>
+      <c r="D34" s="8">
+        <v>147307662</v>
+      </c>
+      <c r="E34" s="9">
+        <v>.013</v>
+      </c>
+    </row>
+    <row r="35" spans="1:5">
+      <c r="A35" t="s" s="2">
         <v>35</v>
       </c>
-      <c r="B35" s="4">
-[...2 lines deleted...]
-      <c r="C35" s="5">
+      <c r="B35" s="8">
+        <v>18845282</v>
+      </c>
+      <c r="C35" s="9">
         <v>1</v>
       </c>
-      <c r="D35" s="4">
-[...2 lines deleted...]
-      <c r="E35" s="5">
+      <c r="D35" s="8">
+        <v>11561302917.04</v>
+      </c>
+      <c r="E35" s="9">
         <v>1</v>
       </c>
     </row>
-    <row r="36" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A36" s="3" t="s">
+    <row r="36" spans="1:5">
+      <c r="A36" t="s" s="7">
         <v>36</v>
       </c>
-      <c r="B36" s="8">
-[...27 lines deleted...]
-      <c r="A39" s="13" t="s">
+      <c r="B36" s="12">
+        <v>130204064</v>
+      </c>
+      <c r="C36" s="13">
+        <v/>
+      </c>
+      <c r="D36" s="12">
+        <v>57996749897.32</v>
+      </c>
+      <c r="E36" s="13">
+        <v/>
+      </c>
+    </row>
+    <row r="37" spans="1:5">
+      <c r="A37" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="38" spans="1:5">
+      <c r="A38" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="39" spans="1:5" ht="28" customHeight="1">
+      <c r="A39" t="s" s="3">
         <v>37</v>
       </c>
-      <c r="B39" s="11"/>
-[...5 lines deleted...]
-      <c r="A40" s="13" t="s">
+    </row>
+    <row r="40" spans="1:5" ht="35" customHeight="1">
+      <c r="A40" t="s" s="3">
         <v>38</v>
       </c>
-      <c r="B40" s="11"/>
-[...5 lines deleted...]
-      <c r="A41" s="13" t="s">
+    </row>
+    <row r="41" spans="1:5" ht="52" customHeight="1">
+      <c r="A41" t="s" s="3">
         <v>39</v>
       </c>
-      <c r="B41" s="11"/>
-[...5 lines deleted...]
-      <c r="A42" s="13" t="s">
+    </row>
+    <row r="42" spans="1:5" ht="55" customHeight="1">
+      <c r="A42" t="s" s="3">
         <v>40</v>
       </c>
-      <c r="B42" s="11"/>
-[...5 lines deleted...]
-      <c r="A43" s="13" t="s">
+    </row>
+    <row r="43" spans="1:5" ht="35" customHeight="1">
+      <c r="A43" t="s" s="3">
         <v>41</v>
       </c>
-      <c r="B43" s="11"/>
-[...5 lines deleted...]
-      <c r="A44" s="13" t="s">
+    </row>
+    <row r="44" spans="1:5" ht="40" customHeight="1">
+      <c r="A44" t="s" s="3">
         <v>42</v>
       </c>
-      <c r="B44" s="11"/>
-[...5 lines deleted...]
-      <c r="A45" s="13" t="s">
+    </row>
+    <row r="45" spans="1:5" ht="35" customHeight="1">
+      <c r="A45" t="s" s="3">
         <v>43</v>
       </c>
-      <c r="B45" s="11"/>
-[...5 lines deleted...]
-      <c r="A46" s="13" t="s">
+    </row>
+    <row r="46" spans="1:5" ht="37" customHeight="1">
+      <c r="A46" t="s" s="3">
         <v>44</v>
       </c>
-      <c r="B46" s="11"/>
-[...5 lines deleted...]
-      <c r="A47" s="13" t="s">
+    </row>
+    <row r="47" spans="1:5" ht="40" customHeight="1">
+      <c r="A47" t="s" s="3">
         <v>45</v>
       </c>
-      <c r="B47" s="11"/>
-[...5 lines deleted...]
-      <c r="A48" s="13" t="s">
+    </row>
+    <row r="48" spans="1:5">
+      <c r="A48" t="s" s="3">
         <v>46</v>
       </c>
-      <c r="B48" s="11"/>
-[...2 lines deleted...]
-      <c r="E48" s="11"/>
     </row>
   </sheetData>
   <mergeCells count="32">
-    <mergeCell ref="A47:E47"/>
-    <mergeCell ref="A48:E48"/>
+    <mergeCell ref="A1:E1"/>
+    <mergeCell ref="A2:E2"/>
+    <mergeCell ref="A3:E3"/>
+    <mergeCell ref="A4:E4"/>
+    <mergeCell ref="A5:E5"/>
+    <mergeCell ref="A6:E6"/>
+    <mergeCell ref="A7:E7"/>
+    <mergeCell ref="A8:E8"/>
+    <mergeCell ref="A9:E9"/>
+    <mergeCell ref="B10:E10"/>
+    <mergeCell ref="B11:E11"/>
+    <mergeCell ref="B12:E12"/>
+    <mergeCell ref="B13:E13"/>
+    <mergeCell ref="A14:E14"/>
+    <mergeCell ref="A15:E15"/>
+    <mergeCell ref="A16:A17"/>
+    <mergeCell ref="B16:B17"/>
+    <mergeCell ref="C16:C17"/>
+    <mergeCell ref="D16:D17"/>
+    <mergeCell ref="E16:E17"/>
+    <mergeCell ref="A37:E37"/>
+    <mergeCell ref="A38:E38"/>
+    <mergeCell ref="A39:E39"/>
+    <mergeCell ref="A40:E40"/>
+    <mergeCell ref="A41:E41"/>
     <mergeCell ref="A42:E42"/>
     <mergeCell ref="A43:E43"/>
     <mergeCell ref="A44:E44"/>
     <mergeCell ref="A45:E45"/>
     <mergeCell ref="A46:E46"/>
-    <mergeCell ref="A37:E37"/>
-[...23 lines deleted...]
-    <mergeCell ref="A5:E5"/>
+    <mergeCell ref="A47:E47"/>
+    <mergeCell ref="A48:E48"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
+<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:E48"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="57" customWidth="1"/>
     <col min="2" max="2" width="21" customWidth="1"/>
     <col min="3" max="3" width="9" customWidth="1"/>
     <col min="4" max="4" width="21" customWidth="1"/>
     <col min="5" max="5" width="9" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A1" s="10" t="s">
+    <row r="1" spans="1:5">
+      <c r="A1" t="s" s="1">
         <v>0</v>
       </c>
-      <c r="B1" s="11"/>
-[...5 lines deleted...]
-      <c r="A2" s="12" t="s">
+    </row>
+    <row r="2" spans="1:5">
+      <c r="A2" t="s" s="2">
         <v>1</v>
       </c>
-      <c r="B2" s="11"/>
-[...5 lines deleted...]
-      <c r="A3" s="12" t="s">
+    </row>
+    <row r="3" spans="1:5">
+      <c r="A3" t="s" s="2">
         <v>2</v>
       </c>
-      <c r="B3" s="11"/>
-[...5 lines deleted...]
-      <c r="A4" s="12" t="s">
+    </row>
+    <row r="4" spans="1:5">
+      <c r="A4" t="s" s="2">
         <v>3</v>
       </c>
-      <c r="B4" s="11"/>
-[...14 lines deleted...]
-      <c r="A6" s="14" t="s">
+    </row>
+    <row r="5" spans="1:5">
+      <c r="A5" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="6" spans="1:5">
+      <c r="A6" t="s" s="4">
         <v>5</v>
       </c>
-      <c r="B6" s="11"/>
-[...32 lines deleted...]
-      <c r="A10" s="1" t="s">
+    </row>
+    <row r="7" spans="1:5">
+      <c r="A7" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="8" spans="1:5">
+      <c r="A8" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="9" spans="1:5">
+      <c r="A9" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="10" spans="1:5">
+      <c r="A10" t="s" s="2">
         <v>6</v>
       </c>
-      <c r="B10" s="12" t="s">
+      <c r="B10" t="s" s="2">
         <v>7</v>
       </c>
-      <c r="C10" s="11"/>
-[...4 lines deleted...]
-      <c r="A11" s="1" t="s">
+    </row>
+    <row r="11" spans="1:5">
+      <c r="A11" t="s" s="2">
         <v>8</v>
       </c>
-      <c r="B11" s="12" t="s">
-[...7 lines deleted...]
-      <c r="A12" s="1" t="s">
+      <c r="B11" t="s" s="2">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="12" spans="1:5">
+      <c r="A12" t="s" s="2">
         <v>10</v>
       </c>
-      <c r="B12" s="12" t="s">
+      <c r="B12" t="s" s="2">
         <v>11</v>
       </c>
-      <c r="C12" s="11"/>
-[...4 lines deleted...]
-      <c r="A13" s="1" t="s">
+    </row>
+    <row r="13" spans="1:5">
+      <c r="A13" t="s" s="2">
         <v>12</v>
       </c>
-      <c r="B13" s="12" t="s">
+      <c r="B13" t="s" s="2">
         <v>13</v>
       </c>
-      <c r="C13" s="11"/>
-[...22 lines deleted...]
-      <c r="A16" s="15" t="s">
+    </row>
+    <row r="14" spans="1:5">
+      <c r="A14" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="15" spans="1:5">
+      <c r="A15" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="16" spans="1:5">
+      <c r="A16" t="s" s="5">
         <v>14</v>
       </c>
-      <c r="B16" s="15" t="s">
+      <c r="B16" t="s" s="5">
         <v>15</v>
       </c>
-      <c r="C16" s="16" t="s">
+      <c r="C16" t="s" s="6">
         <v>16</v>
       </c>
-      <c r="D16" s="15" t="s">
+      <c r="D16" t="s" s="5">
         <v>17</v>
       </c>
-      <c r="E16" s="16" t="s">
+      <c r="E16" t="s" s="6">
         <v>16</v>
       </c>
     </row>
-    <row r="17" spans="1:5" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-      <c r="A18" s="1" t="s">
+    <row r="18" spans="1:5">
+      <c r="A18" t="s" s="2">
         <v>18</v>
       </c>
-      <c r="B18" s="4"/>
-[...5 lines deleted...]
-      <c r="A19" s="1" t="s">
+      <c r="B18" s="8">
+        <v/>
+      </c>
+      <c r="C18" s="9">
+        <v/>
+      </c>
+      <c r="D18" s="8">
+        <v/>
+      </c>
+      <c r="E18" s="9">
+        <v/>
+      </c>
+    </row>
+    <row r="19" spans="1:5">
+      <c r="A19" t="s" s="2">
         <v>19</v>
       </c>
-      <c r="B19" s="4">
-[...13 lines deleted...]
-      <c r="A20" s="2" t="s">
+      <c r="B19" s="8">
+        <v>40814128</v>
+      </c>
+      <c r="C19" s="9">
+        <v>.334</v>
+      </c>
+      <c r="D19" s="8">
+        <v>57599558710.29</v>
+      </c>
+      <c r="E19" s="9">
+        <v>.963</v>
+      </c>
+    </row>
+    <row r="20" spans="1:5">
+      <c r="A20" t="s" s="3">
         <v>20</v>
       </c>
-      <c r="B20" s="6">
-[...13 lines deleted...]
-      <c r="A21" s="2" t="s">
+      <c r="B20" s="10">
+        <v>38308040</v>
+      </c>
+      <c r="C20" s="11">
+        <v>.939</v>
+      </c>
+      <c r="D20" s="10">
+        <v>56467686805.98</v>
+      </c>
+      <c r="E20" s="11">
+        <v>.98</v>
+      </c>
+    </row>
+    <row r="21" spans="1:5">
+      <c r="A21" t="s" s="3">
         <v>21</v>
       </c>
-      <c r="B21" s="6">
-[...13 lines deleted...]
-      <c r="A22" s="1" t="s">
+      <c r="B21" s="10">
+        <v>2506088</v>
+      </c>
+      <c r="C21" s="11">
+        <v>.061</v>
+      </c>
+      <c r="D21" s="10">
+        <v>1131871904.31</v>
+      </c>
+      <c r="E21" s="11">
+        <v>.02</v>
+      </c>
+    </row>
+    <row r="22" spans="1:5">
+      <c r="A22" t="s" s="2">
         <v>22</v>
       </c>
-      <c r="B22" s="4">
-[...13 lines deleted...]
-      <c r="A23" s="1" t="s">
+      <c r="B22" s="8">
+        <v>935088</v>
+      </c>
+      <c r="C22" s="9">
+        <v>.008</v>
+      </c>
+      <c r="D22" s="8">
+        <v>53538176</v>
+      </c>
+      <c r="E22" s="9">
+        <v>.001</v>
+      </c>
+    </row>
+    <row r="23" spans="1:5">
+      <c r="A23" t="s" s="2">
         <v>23</v>
       </c>
-      <c r="B23" s="4">
-[...13 lines deleted...]
-      <c r="A24" s="1" t="s">
+      <c r="B23" s="8">
+        <v>1838883</v>
+      </c>
+      <c r="C23" s="9">
+        <v>.015</v>
+      </c>
+      <c r="D23" s="8">
+        <v>208791798</v>
+      </c>
+      <c r="E23" s="9">
+        <v>.003</v>
+      </c>
+    </row>
+    <row r="24" spans="1:5">
+      <c r="A24" t="s" s="2">
         <v>24</v>
       </c>
-      <c r="B24" s="4">
-[...13 lines deleted...]
-      <c r="A25" s="1" t="s">
+      <c r="B24" s="8">
+        <v>15172302</v>
+      </c>
+      <c r="C24" s="9">
+        <v>.124</v>
+      </c>
+      <c r="D24" s="8">
+        <v>41498065.74</v>
+      </c>
+      <c r="E24" s="9">
+        <v>.001</v>
+      </c>
+    </row>
+    <row r="25" spans="1:5">
+      <c r="A25" t="s" s="2">
         <v>25</v>
       </c>
-      <c r="B25" s="4">
-[...13 lines deleted...]
-      <c r="A26" s="2" t="s">
+      <c r="B25" s="8">
+        <v>63257901</v>
+      </c>
+      <c r="C25" s="9">
+        <v>.518</v>
+      </c>
+      <c r="D25" s="8">
+        <v>1919767854</v>
+      </c>
+      <c r="E25" s="9">
+        <v>.032</v>
+      </c>
+    </row>
+    <row r="26" spans="1:5">
+      <c r="A26" t="s" s="3">
         <v>26</v>
       </c>
-      <c r="B26" s="6">
-[...13 lines deleted...]
-      <c r="A27" s="2" t="s">
+      <c r="B26" s="10">
+        <v>55553334</v>
+      </c>
+      <c r="C26" s="11">
+        <v>.878</v>
+      </c>
+      <c r="D26" s="10">
+        <v>1579469768</v>
+      </c>
+      <c r="E26" s="11">
+        <v>.823</v>
+      </c>
+    </row>
+    <row r="27" spans="1:5">
+      <c r="A27" t="s" s="3">
         <v>27</v>
       </c>
-      <c r="B27" s="6">
-[...13 lines deleted...]
-      <c r="A28" s="1" t="s">
+      <c r="B27" s="10">
+        <v>7704567</v>
+      </c>
+      <c r="C27" s="11">
+        <v>.122</v>
+      </c>
+      <c r="D27" s="10">
+        <v>340298086</v>
+      </c>
+      <c r="E27" s="11">
+        <v>.177</v>
+      </c>
+    </row>
+    <row r="28" spans="1:5">
+      <c r="A28" t="s" s="2">
         <v>28</v>
       </c>
-      <c r="B28" s="4"/>
-[...5 lines deleted...]
-      <c r="A29" s="1" t="s">
+      <c r="B28" s="8">
+        <v/>
+      </c>
+      <c r="C28" s="9">
+        <v/>
+      </c>
+      <c r="D28" s="8">
+        <v/>
+      </c>
+      <c r="E28" s="9">
+        <v/>
+      </c>
+    </row>
+    <row r="29" spans="1:5">
+      <c r="A29" t="s" s="2">
         <v>29</v>
       </c>
-      <c r="B29" s="4">
-[...2 lines deleted...]
-      <c r="C29" s="5">
+      <c r="B29" s="8">
+        <v>122018302</v>
+      </c>
+      <c r="C29" s="9">
         <v>1</v>
       </c>
-      <c r="D29" s="4">
-[...2 lines deleted...]
-      <c r="E29" s="5">
+      <c r="D29" s="8">
+        <v>59823154604.03</v>
+      </c>
+      <c r="E29" s="9">
         <v>1</v>
       </c>
     </row>
-    <row r="30" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A30" s="1" t="s">
+    <row r="30" spans="1:5">
+      <c r="A30" t="s" s="2">
         <v>30</v>
       </c>
-      <c r="B30" s="4"/>
-[...5 lines deleted...]
-      <c r="A31" s="1" t="s">
+      <c r="B30" s="8">
+        <v/>
+      </c>
+      <c r="C30" s="9">
+        <v/>
+      </c>
+      <c r="D30" s="8">
+        <v/>
+      </c>
+      <c r="E30" s="9">
+        <v/>
+      </c>
+    </row>
+    <row r="31" spans="1:5">
+      <c r="A31" t="s" s="2">
         <v>31</v>
       </c>
-      <c r="B31" s="4">
-[...13 lines deleted...]
-      <c r="A32" s="1" t="s">
+      <c r="B31" s="8">
+        <v>845214</v>
+      </c>
+      <c r="C31" s="9">
+        <v>.043</v>
+      </c>
+      <c r="D31" s="8">
+        <v>6977407742.03</v>
+      </c>
+      <c r="E31" s="9">
+        <v>.457</v>
+      </c>
+    </row>
+    <row r="32" spans="1:5">
+      <c r="A32" t="s" s="2">
         <v>32</v>
       </c>
-      <c r="B32" s="4">
-[...13 lines deleted...]
-      <c r="A33" s="1" t="s">
+      <c r="B32" s="8">
+        <v>1443858</v>
+      </c>
+      <c r="C32" s="9">
+        <v>.073</v>
+      </c>
+      <c r="D32" s="8">
+        <v>7484250801.05</v>
+      </c>
+      <c r="E32" s="9">
+        <v>.491</v>
+      </c>
+    </row>
+    <row r="33" spans="1:5">
+      <c r="A33" t="s" s="2">
         <v>33</v>
       </c>
-      <c r="B33" s="4">
-[...13 lines deleted...]
-      <c r="A34" s="1" t="s">
+      <c r="B33" s="8">
+        <v>11181707</v>
+      </c>
+      <c r="C33" s="9">
+        <v>.562</v>
+      </c>
+      <c r="D33" s="8">
+        <v>621969501.25</v>
+      </c>
+      <c r="E33" s="9">
+        <v>.041</v>
+      </c>
+    </row>
+    <row r="34" spans="1:5">
+      <c r="A34" t="s" s="2">
         <v>34</v>
       </c>
-      <c r="B34" s="4">
-[...13 lines deleted...]
-      <c r="A35" s="1" t="s">
+      <c r="B34" s="8">
+        <v>6415126</v>
+      </c>
+      <c r="C34" s="9">
+        <v>.323</v>
+      </c>
+      <c r="D34" s="8">
+        <v>174202235</v>
+      </c>
+      <c r="E34" s="9">
+        <v>.011</v>
+      </c>
+    </row>
+    <row r="35" spans="1:5">
+      <c r="A35" t="s" s="2">
         <v>35</v>
       </c>
-      <c r="B35" s="4">
-[...2 lines deleted...]
-      <c r="C35" s="5">
+      <c r="B35" s="8">
+        <v>19885905</v>
+      </c>
+      <c r="C35" s="9">
         <v>1</v>
       </c>
-      <c r="D35" s="4">
-[...2 lines deleted...]
-      <c r="E35" s="5">
+      <c r="D35" s="8">
+        <v>15257830279.33</v>
+      </c>
+      <c r="E35" s="9">
         <v>1</v>
       </c>
     </row>
-    <row r="36" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A36" s="3" t="s">
+    <row r="36" spans="1:5">
+      <c r="A36" t="s" s="7">
         <v>36</v>
       </c>
-      <c r="B36" s="8">
-[...27 lines deleted...]
-      <c r="A39" s="13" t="s">
+      <c r="B36" s="12">
+        <v>141904207</v>
+      </c>
+      <c r="C36" s="13">
+        <v/>
+      </c>
+      <c r="D36" s="12">
+        <v>75080984883.36</v>
+      </c>
+      <c r="E36" s="13">
+        <v/>
+      </c>
+    </row>
+    <row r="37" spans="1:5">
+      <c r="A37" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="38" spans="1:5">
+      <c r="A38" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="39" spans="1:5" ht="28" customHeight="1">
+      <c r="A39" t="s" s="3">
         <v>37</v>
       </c>
-      <c r="B39" s="11"/>
-[...5 lines deleted...]
-      <c r="A40" s="13" t="s">
+    </row>
+    <row r="40" spans="1:5" ht="35" customHeight="1">
+      <c r="A40" t="s" s="3">
         <v>38</v>
       </c>
-      <c r="B40" s="11"/>
-[...5 lines deleted...]
-      <c r="A41" s="13" t="s">
+    </row>
+    <row r="41" spans="1:5" ht="52" customHeight="1">
+      <c r="A41" t="s" s="3">
         <v>39</v>
       </c>
-      <c r="B41" s="11"/>
-[...5 lines deleted...]
-      <c r="A42" s="13" t="s">
+    </row>
+    <row r="42" spans="1:5" ht="55" customHeight="1">
+      <c r="A42" t="s" s="3">
         <v>40</v>
       </c>
-      <c r="B42" s="11"/>
-[...5 lines deleted...]
-      <c r="A43" s="13" t="s">
+    </row>
+    <row r="43" spans="1:5" ht="35" customHeight="1">
+      <c r="A43" t="s" s="3">
         <v>41</v>
       </c>
-      <c r="B43" s="11"/>
-[...5 lines deleted...]
-      <c r="A44" s="13" t="s">
+    </row>
+    <row r="44" spans="1:5" ht="40" customHeight="1">
+      <c r="A44" t="s" s="3">
         <v>42</v>
       </c>
-      <c r="B44" s="11"/>
-[...5 lines deleted...]
-      <c r="A45" s="13" t="s">
+    </row>
+    <row r="45" spans="1:5" ht="35" customHeight="1">
+      <c r="A45" t="s" s="3">
         <v>43</v>
       </c>
-      <c r="B45" s="11"/>
-[...5 lines deleted...]
-      <c r="A46" s="13" t="s">
+    </row>
+    <row r="46" spans="1:5" ht="37" customHeight="1">
+      <c r="A46" t="s" s="3">
         <v>44</v>
       </c>
-      <c r="B46" s="11"/>
-[...5 lines deleted...]
-      <c r="A47" s="13" t="s">
+    </row>
+    <row r="47" spans="1:5" ht="40" customHeight="1">
+      <c r="A47" t="s" s="3">
         <v>45</v>
       </c>
-      <c r="B47" s="11"/>
-[...5 lines deleted...]
-      <c r="A48" s="13" t="s">
+    </row>
+    <row r="48" spans="1:5">
+      <c r="A48" t="s" s="3">
         <v>46</v>
       </c>
-      <c r="B48" s="11"/>
-[...2 lines deleted...]
-      <c r="E48" s="11"/>
     </row>
   </sheetData>
   <mergeCells count="32">
-    <mergeCell ref="A47:E47"/>
-    <mergeCell ref="A48:E48"/>
+    <mergeCell ref="A1:E1"/>
+    <mergeCell ref="A2:E2"/>
+    <mergeCell ref="A3:E3"/>
+    <mergeCell ref="A4:E4"/>
+    <mergeCell ref="A5:E5"/>
+    <mergeCell ref="A6:E6"/>
+    <mergeCell ref="A7:E7"/>
+    <mergeCell ref="A8:E8"/>
+    <mergeCell ref="A9:E9"/>
+    <mergeCell ref="B10:E10"/>
+    <mergeCell ref="B11:E11"/>
+    <mergeCell ref="B12:E12"/>
+    <mergeCell ref="B13:E13"/>
+    <mergeCell ref="A14:E14"/>
+    <mergeCell ref="A15:E15"/>
+    <mergeCell ref="A16:A17"/>
+    <mergeCell ref="B16:B17"/>
+    <mergeCell ref="C16:C17"/>
+    <mergeCell ref="D16:D17"/>
+    <mergeCell ref="E16:E17"/>
+    <mergeCell ref="A37:E37"/>
+    <mergeCell ref="A38:E38"/>
+    <mergeCell ref="A39:E39"/>
+    <mergeCell ref="A40:E40"/>
+    <mergeCell ref="A41:E41"/>
     <mergeCell ref="A42:E42"/>
     <mergeCell ref="A43:E43"/>
     <mergeCell ref="A44:E44"/>
     <mergeCell ref="A45:E45"/>
     <mergeCell ref="A46:E46"/>
-    <mergeCell ref="A37:E37"/>
-[...23 lines deleted...]
-    <mergeCell ref="A5:E5"/>
+    <mergeCell ref="A47:E47"/>
+    <mergeCell ref="A48:E48"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
+<file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:E48"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="57" customWidth="1"/>
     <col min="2" max="2" width="21" customWidth="1"/>
     <col min="3" max="3" width="9" customWidth="1"/>
     <col min="4" max="4" width="21" customWidth="1"/>
     <col min="5" max="5" width="9" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A1" s="10" t="s">
+    <row r="1" spans="1:5">
+      <c r="A1" t="s" s="1">
         <v>0</v>
       </c>
-      <c r="B1" s="11"/>
-[...5 lines deleted...]
-      <c r="A2" s="12" t="s">
+    </row>
+    <row r="2" spans="1:5">
+      <c r="A2" t="s" s="2">
         <v>1</v>
       </c>
-      <c r="B2" s="11"/>
-[...5 lines deleted...]
-      <c r="A3" s="12" t="s">
+    </row>
+    <row r="3" spans="1:5">
+      <c r="A3" t="s" s="2">
         <v>2</v>
       </c>
-      <c r="B3" s="11"/>
-[...5 lines deleted...]
-      <c r="A4" s="12" t="s">
+    </row>
+    <row r="4" spans="1:5">
+      <c r="A4" t="s" s="2">
         <v>3</v>
       </c>
-      <c r="B4" s="11"/>
-[...14 lines deleted...]
-      <c r="A6" s="14" t="s">
+    </row>
+    <row r="5" spans="1:5">
+      <c r="A5" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="6" spans="1:5">
+      <c r="A6" t="s" s="4">
         <v>5</v>
       </c>
-      <c r="B6" s="11"/>
-[...32 lines deleted...]
-      <c r="A10" s="1" t="s">
+    </row>
+    <row r="7" spans="1:5">
+      <c r="A7" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="8" spans="1:5">
+      <c r="A8" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="9" spans="1:5">
+      <c r="A9" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="10" spans="1:5">
+      <c r="A10" t="s" s="2">
         <v>6</v>
       </c>
-      <c r="B10" s="12" t="s">
+      <c r="B10" t="s" s="2">
         <v>7</v>
       </c>
-      <c r="C10" s="11"/>
-[...4 lines deleted...]
-      <c r="A11" s="1" t="s">
+    </row>
+    <row r="11" spans="1:5">
+      <c r="A11" t="s" s="2">
         <v>8</v>
       </c>
-      <c r="B11" s="12" t="s">
-[...7 lines deleted...]
-      <c r="A12" s="1" t="s">
+      <c r="B11" t="s" s="2">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="12" spans="1:5">
+      <c r="A12" t="s" s="2">
         <v>10</v>
       </c>
-      <c r="B12" s="12" t="s">
+      <c r="B12" t="s" s="2">
         <v>11</v>
       </c>
-      <c r="C12" s="11"/>
-[...4 lines deleted...]
-      <c r="A13" s="1" t="s">
+    </row>
+    <row r="13" spans="1:5">
+      <c r="A13" t="s" s="2">
         <v>12</v>
       </c>
-      <c r="B13" s="12" t="s">
+      <c r="B13" t="s" s="2">
         <v>13</v>
       </c>
-      <c r="C13" s="11"/>
-[...22 lines deleted...]
-      <c r="A16" s="15" t="s">
+    </row>
+    <row r="14" spans="1:5">
+      <c r="A14" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="15" spans="1:5">
+      <c r="A15" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="16" spans="1:5">
+      <c r="A16" t="s" s="5">
         <v>14</v>
       </c>
-      <c r="B16" s="15" t="s">
+      <c r="B16" t="s" s="5">
         <v>15</v>
       </c>
-      <c r="C16" s="16" t="s">
+      <c r="C16" t="s" s="6">
         <v>16</v>
       </c>
-      <c r="D16" s="15" t="s">
+      <c r="D16" t="s" s="5">
         <v>17</v>
       </c>
-      <c r="E16" s="16" t="s">
+      <c r="E16" t="s" s="6">
         <v>16</v>
       </c>
     </row>
-    <row r="17" spans="1:5" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-      <c r="A18" s="1" t="s">
+    <row r="18" spans="1:5">
+      <c r="A18" t="s" s="2">
         <v>18</v>
       </c>
-      <c r="B18" s="4"/>
-[...5 lines deleted...]
-      <c r="A19" s="1" t="s">
+      <c r="B18" s="8">
+        <v/>
+      </c>
+      <c r="C18" s="9">
+        <v/>
+      </c>
+      <c r="D18" s="8">
+        <v/>
+      </c>
+      <c r="E18" s="9">
+        <v/>
+      </c>
+    </row>
+    <row r="19" spans="1:5">
+      <c r="A19" t="s" s="2">
         <v>19</v>
       </c>
-      <c r="B19" s="4">
-[...13 lines deleted...]
-      <c r="A20" s="2" t="s">
+      <c r="B19" s="8">
+        <v>445281987</v>
+      </c>
+      <c r="C19" s="9">
+        <v>.3268366474378434749521285684841858392166</v>
+      </c>
+      <c r="D19" s="8">
+        <v>567694736360.56</v>
+      </c>
+      <c r="E19" s="9">
+        <v>.9602259912401513941798363078105659510863</v>
+      </c>
+    </row>
+    <row r="20" spans="1:5">
+      <c r="A20" t="s" s="3">
         <v>20</v>
       </c>
-      <c r="B20" s="6">
-[...13 lines deleted...]
-      <c r="A21" s="2" t="s">
+      <c r="B20" s="10">
+        <v>416264524</v>
+      </c>
+      <c r="C20" s="11">
+        <v>.9348335125894055085592312540592395443115</v>
+      </c>
+      <c r="D20" s="10">
+        <v>554806765048.5</v>
+      </c>
+      <c r="E20" s="11">
+        <v>.9772977086335455084703988367894836273542</v>
+      </c>
+    </row>
+    <row r="21" spans="1:5">
+      <c r="A21" t="s" s="3">
         <v>21</v>
       </c>
-      <c r="B21" s="6">
-[...13 lines deleted...]
-      <c r="A22" s="1" t="s">
+      <c r="B21" s="10">
+        <v>29017463</v>
+      </c>
+      <c r="C21" s="11">
+        <v>.0651664874105944914407687459407604556885</v>
+      </c>
+      <c r="D21" s="10">
+        <v>12887971312.06</v>
+      </c>
+      <c r="E21" s="11">
+        <v>.0227022913664544915296011632105163726458</v>
+      </c>
+    </row>
+    <row r="22" spans="1:5">
+      <c r="A22" t="s" s="2">
         <v>22</v>
       </c>
-      <c r="B22" s="4">
-[...13 lines deleted...]
-      <c r="A23" s="1" t="s">
+      <c r="B22" s="8">
+        <v>10251625</v>
+      </c>
+      <c r="C22" s="9">
+        <v>.007524685128998901349912712808404467647955</v>
+      </c>
+      <c r="D22" s="8">
+        <v>582429897</v>
+      </c>
+      <c r="E22" s="9">
+        <v>.000985149745724467465307190149714207922516</v>
+      </c>
+    </row>
+    <row r="23" spans="1:5">
+      <c r="A23" t="s" s="2">
         <v>23</v>
       </c>
-      <c r="B23" s="4">
-[...13 lines deleted...]
-      <c r="A24" s="1" t="s">
+      <c r="B23" s="8">
+        <v>21519467</v>
+      </c>
+      <c r="C23" s="9">
+        <v>.0157952727805477278612612221146342422984</v>
+      </c>
+      <c r="D23" s="8">
+        <v>2359778948</v>
+      </c>
+      <c r="E23" s="9">
+        <v>.003991442820092992810674393777434395803429</v>
+      </c>
+    </row>
+    <row r="24" spans="1:5">
+      <c r="A24" t="s" s="2">
         <v>24</v>
       </c>
-      <c r="B24" s="4">
-[...13 lines deleted...]
-      <c r="A25" s="1" t="s">
+      <c r="B24" s="8">
+        <v>186160911</v>
+      </c>
+      <c r="C24" s="9">
+        <v>.1366419702830124973649426687860650534733</v>
+      </c>
+      <c r="D24" s="8">
+        <v>519348325.25</v>
+      </c>
+      <c r="E24" s="9">
+        <v>.000878450562372943444651849115220420511293</v>
+      </c>
+    </row>
+    <row r="25" spans="1:5">
+      <c r="A25" t="s" s="2">
         <v>25</v>
       </c>
-      <c r="B25" s="4">
-[...13 lines deleted...]
-      <c r="A26" s="2" t="s">
+      <c r="B25" s="8">
+        <v>699185210</v>
+      </c>
+      <c r="C25" s="9">
+        <v>.5132014243695973984717548278067103973637</v>
+      </c>
+      <c r="D25" s="8">
+        <v>20053215001</v>
+      </c>
+      <c r="E25" s="9">
+        <v>.0339189656316582020995302591470650246765</v>
+      </c>
+    </row>
+    <row r="26" spans="1:5">
+      <c r="A26" t="s" s="3">
         <v>26</v>
       </c>
-      <c r="B26" s="6">
-[...13 lines deleted...]
-      <c r="A27" s="2" t="s">
+      <c r="B26" s="10">
+        <v>610831950</v>
+      </c>
+      <c r="C26" s="11">
+        <v>.8736339688878716413352050167079478125689</v>
+      </c>
+      <c r="D26" s="10">
+        <v>16388777646</v>
+      </c>
+      <c r="E26" s="11">
+        <v>.817264346150117856605530940719204828716</v>
+      </c>
+    </row>
+    <row r="27" spans="1:5">
+      <c r="A27" t="s" s="3">
         <v>27</v>
       </c>
-      <c r="B27" s="6">
-[...13 lines deleted...]
-      <c r="A28" s="1" t="s">
+      <c r="B27" s="10">
+        <v>88353260</v>
+      </c>
+      <c r="C27" s="11">
+        <v>.1263660311121283586647949832920521874311</v>
+      </c>
+      <c r="D27" s="10">
+        <v>3664437355</v>
+      </c>
+      <c r="E27" s="11">
+        <v>.182735653849882143394469059280795171284</v>
+      </c>
+    </row>
+    <row r="28" spans="1:5">
+      <c r="A28" t="s" s="2">
         <v>28</v>
       </c>
-      <c r="B28" s="4"/>
-[...5 lines deleted...]
-      <c r="A29" s="1" t="s">
+      <c r="B28" s="8">
+        <v>0</v>
+      </c>
+      <c r="C28" s="9">
+        <v/>
+      </c>
+      <c r="D28" s="8">
+        <v>0</v>
+      </c>
+      <c r="E28" s="9">
+        <v/>
+      </c>
+    </row>
+    <row r="29" spans="1:5">
+      <c r="A29" t="s" s="2">
         <v>29</v>
       </c>
-      <c r="B29" s="4">
-[...2 lines deleted...]
-      <c r="C29" s="5">
+      <c r="B29" s="8">
+        <v>1362399200</v>
+      </c>
+      <c r="C29" s="9">
         <v>1</v>
       </c>
-      <c r="D29" s="4">
-[...2 lines deleted...]
-      <c r="E29" s="5">
+      <c r="D29" s="8">
+        <v>591209508531.81</v>
+      </c>
+      <c r="E29" s="9">
         <v>1</v>
       </c>
     </row>
-    <row r="30" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A30" s="1" t="s">
+    <row r="30" spans="1:5">
+      <c r="A30" t="s" s="2">
         <v>30</v>
       </c>
-      <c r="B30" s="4"/>
-[...5 lines deleted...]
-      <c r="A31" s="1" t="s">
+      <c r="B30" s="8">
+        <v/>
+      </c>
+      <c r="C30" s="9">
+        <v/>
+      </c>
+      <c r="D30" s="8">
+        <v/>
+      </c>
+      <c r="E30" s="9">
+        <v/>
+      </c>
+    </row>
+    <row r="31" spans="1:5">
+      <c r="A31" t="s" s="2">
         <v>31</v>
       </c>
-      <c r="B31" s="4">
-[...13 lines deleted...]
-      <c r="A32" s="1" t="s">
+      <c r="B31" s="8">
+        <v>7858198</v>
+      </c>
+      <c r="C31" s="9">
+        <v>.0276077211432972170927285944010837271723</v>
+      </c>
+      <c r="D31" s="8">
+        <v>74660628074.07</v>
+      </c>
+      <c r="E31" s="9">
+        <v>.461154421943187318104420582018214797298</v>
+      </c>
+    </row>
+    <row r="32" spans="1:5">
+      <c r="A32" t="s" s="2">
         <v>32</v>
       </c>
-      <c r="B32" s="4">
-[...13 lines deleted...]
-      <c r="A33" s="1" t="s">
+      <c r="B32" s="8">
+        <v>17408171</v>
+      </c>
+      <c r="C32" s="9">
+        <v>.0611590507878311871213148647977192872886</v>
+      </c>
+      <c r="D32" s="8">
+        <v>75349441160.11</v>
+      </c>
+      <c r="E32" s="9">
+        <v>.4654089963917781178058398705109653909223</v>
+      </c>
+    </row>
+    <row r="33" spans="1:5">
+      <c r="A33" t="s" s="2">
         <v>33</v>
       </c>
-      <c r="B33" s="4">
-[...13 lines deleted...]
-      <c r="A34" s="1" t="s">
+      <c r="B33" s="8">
+        <v>118462312</v>
+      </c>
+      <c r="C33" s="9">
+        <v>.4161863159577134147002337789481295363656</v>
+      </c>
+      <c r="D33" s="8">
+        <v>6456189605.37</v>
+      </c>
+      <c r="E33" s="9">
+        <v>.0398777838095102756577689335254685910771</v>
+      </c>
+    </row>
+    <row r="34" spans="1:5">
+      <c r="A34" t="s" s="2">
         <v>34</v>
       </c>
-      <c r="B34" s="4">
-[...13 lines deleted...]
-      <c r="A35" s="1" t="s">
+      <c r="B34" s="8">
+        <v>140909010</v>
+      </c>
+      <c r="C34" s="9">
+        <v>.4950469121111581810857227618530674491735</v>
+      </c>
+      <c r="D34" s="8">
+        <v>5433149518</v>
+      </c>
+      <c r="E34" s="9">
+        <v>.0335587978555242884319706139453512207027</v>
+      </c>
+    </row>
+    <row r="35" spans="1:5">
+      <c r="A35" t="s" s="2">
         <v>35</v>
       </c>
-      <c r="B35" s="4">
-[...2 lines deleted...]
-      <c r="C35" s="5">
+      <c r="B35" s="8">
+        <v>284637691</v>
+      </c>
+      <c r="C35" s="9">
         <v>1</v>
       </c>
-      <c r="D35" s="4">
-[...2 lines deleted...]
-      <c r="E35" s="5">
+      <c r="D35" s="8">
+        <v>161899408357.55</v>
+      </c>
+      <c r="E35" s="9">
         <v>1</v>
       </c>
     </row>
-    <row r="36" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A36" s="3" t="s">
+    <row r="36" spans="1:5">
+      <c r="A36" t="s" s="7">
         <v>36</v>
       </c>
-      <c r="B36" s="8">
-[...27 lines deleted...]
-      <c r="A39" s="13" t="s">
+      <c r="B36" s="12">
+        <v>1647036891</v>
+      </c>
+      <c r="C36" s="13">
+        <v/>
+      </c>
+      <c r="D36" s="12">
+        <v>753108916889.36</v>
+      </c>
+      <c r="E36" s="13">
+        <v/>
+      </c>
+    </row>
+    <row r="37" spans="1:5">
+      <c r="A37" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="38" spans="1:5">
+      <c r="A38" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="39" spans="1:5" ht="28" customHeight="1">
+      <c r="A39" t="s" s="3">
         <v>37</v>
       </c>
-      <c r="B39" s="11"/>
-[...5 lines deleted...]
-      <c r="A40" s="13" t="s">
+    </row>
+    <row r="40" spans="1:5" ht="35" customHeight="1">
+      <c r="A40" t="s" s="3">
         <v>38</v>
       </c>
-      <c r="B40" s="11"/>
-[...5 lines deleted...]
-      <c r="A41" s="13" t="s">
+    </row>
+    <row r="41" spans="1:5" ht="52" customHeight="1">
+      <c r="A41" t="s" s="3">
         <v>39</v>
       </c>
-      <c r="B41" s="11"/>
-[...5 lines deleted...]
-      <c r="A42" s="13" t="s">
+    </row>
+    <row r="42" spans="1:5" ht="55" customHeight="1">
+      <c r="A42" t="s" s="3">
         <v>40</v>
       </c>
-      <c r="B42" s="11"/>
-[...5 lines deleted...]
-      <c r="A43" s="13" t="s">
+    </row>
+    <row r="43" spans="1:5" ht="35" customHeight="1">
+      <c r="A43" t="s" s="3">
         <v>41</v>
       </c>
-      <c r="B43" s="11"/>
-[...5 lines deleted...]
-      <c r="A44" s="13" t="s">
+    </row>
+    <row r="44" spans="1:5" ht="40" customHeight="1">
+      <c r="A44" t="s" s="3">
         <v>42</v>
       </c>
-      <c r="B44" s="11"/>
-[...5 lines deleted...]
-      <c r="A45" s="13" t="s">
+    </row>
+    <row r="45" spans="1:5" ht="35" customHeight="1">
+      <c r="A45" t="s" s="3">
         <v>43</v>
       </c>
-      <c r="B45" s="11"/>
-[...5 lines deleted...]
-      <c r="A46" s="13" t="s">
+    </row>
+    <row r="46" spans="1:5" ht="37" customHeight="1">
+      <c r="A46" t="s" s="3">
         <v>44</v>
       </c>
-      <c r="B46" s="11"/>
-[...5 lines deleted...]
-      <c r="A47" s="13" t="s">
+    </row>
+    <row r="47" spans="1:5" ht="40" customHeight="1">
+      <c r="A47" t="s" s="3">
         <v>45</v>
       </c>
-      <c r="B47" s="11"/>
-[...5 lines deleted...]
-      <c r="A48" s="13" t="s">
+    </row>
+    <row r="48" spans="1:5">
+      <c r="A48" t="s" s="3">
         <v>46</v>
       </c>
-      <c r="B48" s="11"/>
-[...2 lines deleted...]
-      <c r="E48" s="11"/>
     </row>
   </sheetData>
   <mergeCells count="32">
-    <mergeCell ref="A47:E47"/>
-    <mergeCell ref="A48:E48"/>
+    <mergeCell ref="A1:E1"/>
+    <mergeCell ref="A2:E2"/>
+    <mergeCell ref="A3:E3"/>
+    <mergeCell ref="A4:E4"/>
+    <mergeCell ref="A5:E5"/>
+    <mergeCell ref="A6:E6"/>
+    <mergeCell ref="A7:E7"/>
+    <mergeCell ref="A8:E8"/>
+    <mergeCell ref="A9:E9"/>
+    <mergeCell ref="B10:E10"/>
+    <mergeCell ref="B11:E11"/>
+    <mergeCell ref="B12:E12"/>
+    <mergeCell ref="B13:E13"/>
+    <mergeCell ref="A14:E14"/>
+    <mergeCell ref="A15:E15"/>
+    <mergeCell ref="A16:A17"/>
+    <mergeCell ref="B16:B17"/>
+    <mergeCell ref="C16:C17"/>
+    <mergeCell ref="D16:D17"/>
+    <mergeCell ref="E16:E17"/>
+    <mergeCell ref="A37:E37"/>
+    <mergeCell ref="A38:E38"/>
+    <mergeCell ref="A39:E39"/>
+    <mergeCell ref="A40:E40"/>
+    <mergeCell ref="A41:E41"/>
     <mergeCell ref="A42:E42"/>
     <mergeCell ref="A43:E43"/>
     <mergeCell ref="A44:E44"/>
     <mergeCell ref="A45:E45"/>
     <mergeCell ref="A46:E46"/>
-    <mergeCell ref="A37:E37"/>
-[...23 lines deleted...]
-    <mergeCell ref="A5:E5"/>
+    <mergeCell ref="A47:E47"/>
+    <mergeCell ref="A48:E48"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:E48"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="57" customWidth="1"/>
     <col min="2" max="2" width="21" customWidth="1"/>
     <col min="3" max="3" width="9" customWidth="1"/>
     <col min="4" max="4" width="21" customWidth="1"/>
     <col min="5" max="5" width="9" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A1" s="10" t="s">
+    <row r="1" spans="1:5">
+      <c r="A1" t="s" s="1">
         <v>0</v>
       </c>
-      <c r="B1" s="11"/>
-[...5 lines deleted...]
-      <c r="A2" s="12" t="s">
+    </row>
+    <row r="2" spans="1:5">
+      <c r="A2" t="s" s="2">
         <v>1</v>
       </c>
-      <c r="B2" s="11"/>
-[...5 lines deleted...]
-      <c r="A3" s="12" t="s">
+    </row>
+    <row r="3" spans="1:5">
+      <c r="A3" t="s" s="2">
         <v>2</v>
       </c>
-      <c r="B3" s="11"/>
-[...5 lines deleted...]
-      <c r="A4" s="12" t="s">
+    </row>
+    <row r="4" spans="1:5">
+      <c r="A4" t="s" s="2">
         <v>3</v>
       </c>
-      <c r="B4" s="11"/>
-[...14 lines deleted...]
-      <c r="A6" s="14" t="s">
+    </row>
+    <row r="5" spans="1:5">
+      <c r="A5" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="6" spans="1:5">
+      <c r="A6" t="s" s="4">
         <v>5</v>
       </c>
-      <c r="B6" s="11"/>
-[...32 lines deleted...]
-      <c r="A10" s="1" t="s">
+    </row>
+    <row r="7" spans="1:5">
+      <c r="A7" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="8" spans="1:5">
+      <c r="A8" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="9" spans="1:5">
+      <c r="A9" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="10" spans="1:5">
+      <c r="A10" t="s" s="2">
         <v>6</v>
       </c>
-      <c r="B10" s="12" t="s">
+      <c r="B10" t="s" s="2">
         <v>7</v>
       </c>
-      <c r="C10" s="11"/>
-[...4 lines deleted...]
-      <c r="A11" s="1" t="s">
+    </row>
+    <row r="11" spans="1:5">
+      <c r="A11" t="s" s="2">
         <v>8</v>
       </c>
-      <c r="B11" s="12" t="s">
-[...7 lines deleted...]
-      <c r="A12" s="1" t="s">
+      <c r="B11" t="s" s="2">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="12" spans="1:5">
+      <c r="A12" t="s" s="2">
         <v>10</v>
       </c>
-      <c r="B12" s="12" t="s">
+      <c r="B12" t="s" s="2">
         <v>11</v>
       </c>
-      <c r="C12" s="11"/>
-[...4 lines deleted...]
-      <c r="A13" s="1" t="s">
+    </row>
+    <row r="13" spans="1:5">
+      <c r="A13" t="s" s="2">
         <v>12</v>
       </c>
-      <c r="B13" s="12" t="s">
+      <c r="B13" t="s" s="2">
         <v>13</v>
       </c>
-      <c r="C13" s="11"/>
-[...22 lines deleted...]
-      <c r="A16" s="15" t="s">
+    </row>
+    <row r="14" spans="1:5">
+      <c r="A14" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="15" spans="1:5">
+      <c r="A15" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="16" spans="1:5">
+      <c r="A16" t="s" s="5">
         <v>14</v>
       </c>
-      <c r="B16" s="15" t="s">
+      <c r="B16" t="s" s="5">
         <v>15</v>
       </c>
-      <c r="C16" s="16" t="s">
+      <c r="C16" t="s" s="6">
         <v>16</v>
       </c>
-      <c r="D16" s="15" t="s">
+      <c r="D16" t="s" s="5">
         <v>17</v>
       </c>
-      <c r="E16" s="16" t="s">
+      <c r="E16" t="s" s="6">
         <v>16</v>
       </c>
     </row>
-    <row r="17" spans="1:5" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-      <c r="A18" s="1" t="s">
+    <row r="18" spans="1:5">
+      <c r="A18" t="s" s="2">
         <v>18</v>
       </c>
-      <c r="B18" s="4"/>
-[...5 lines deleted...]
-      <c r="A19" s="1" t="s">
+      <c r="B18" s="8">
+        <v/>
+      </c>
+      <c r="C18" s="9">
+        <v/>
+      </c>
+      <c r="D18" s="8">
+        <v/>
+      </c>
+      <c r="E18" s="9">
+        <v/>
+      </c>
+    </row>
+    <row r="19" spans="1:5">
+      <c r="A19" t="s" s="2">
         <v>19</v>
       </c>
-      <c r="B19" s="4">
-[...13 lines deleted...]
-      <c r="A20" s="2" t="s">
+      <c r="B19" s="8">
+        <v>34428399</v>
+      </c>
+      <c r="C19" s="9">
+        <v>.338</v>
+      </c>
+      <c r="D19" s="8">
+        <v>38993896799.54</v>
+      </c>
+      <c r="E19" s="9">
+        <v>.96</v>
+      </c>
+    </row>
+    <row r="20" spans="1:5">
+      <c r="A20" t="s" s="3">
         <v>20</v>
       </c>
-      <c r="B20" s="6">
-[...13 lines deleted...]
-      <c r="A21" s="2" t="s">
+      <c r="B20" s="10">
+        <v>32085655</v>
+      </c>
+      <c r="C20" s="11">
+        <v>.932</v>
+      </c>
+      <c r="D20" s="10">
+        <v>38020217675.01</v>
+      </c>
+      <c r="E20" s="11">
+        <v>.975</v>
+      </c>
+    </row>
+    <row r="21" spans="1:5">
+      <c r="A21" t="s" s="3">
         <v>21</v>
       </c>
-      <c r="B21" s="6">
-[...13 lines deleted...]
-      <c r="A22" s="1" t="s">
+      <c r="B21" s="10">
+        <v>2342744</v>
+      </c>
+      <c r="C21" s="11">
+        <v>.068</v>
+      </c>
+      <c r="D21" s="10">
+        <v>973679124.53</v>
+      </c>
+      <c r="E21" s="11">
+        <v>.025</v>
+      </c>
+    </row>
+    <row r="22" spans="1:5">
+      <c r="A22" t="s" s="2">
         <v>22</v>
       </c>
-      <c r="B22" s="4">
-[...13 lines deleted...]
-      <c r="A23" s="1" t="s">
+      <c r="B22" s="8">
+        <v>785918</v>
+      </c>
+      <c r="C22" s="9">
+        <v>.008</v>
+      </c>
+      <c r="D22" s="8">
+        <v>46295561</v>
+      </c>
+      <c r="E22" s="9">
+        <v>.001</v>
+      </c>
+    </row>
+    <row r="23" spans="1:5">
+      <c r="A23" t="s" s="2">
         <v>23</v>
       </c>
-      <c r="B23" s="4">
-[...13 lines deleted...]
-      <c r="A24" s="1" t="s">
+      <c r="B23" s="8">
+        <v>1751867</v>
+      </c>
+      <c r="C23" s="9">
+        <v>.017</v>
+      </c>
+      <c r="D23" s="8">
+        <v>185818605</v>
+      </c>
+      <c r="E23" s="9">
+        <v>.005</v>
+      </c>
+    </row>
+    <row r="24" spans="1:5">
+      <c r="A24" t="s" s="2">
         <v>24</v>
       </c>
-      <c r="B24" s="4">
-[...13 lines deleted...]
-      <c r="A25" s="1" t="s">
+      <c r="B24" s="8">
+        <v>15556580</v>
+      </c>
+      <c r="C24" s="9">
+        <v>.153</v>
+      </c>
+      <c r="D24" s="8">
+        <v>39610509.79</v>
+      </c>
+      <c r="E24" s="9">
+        <v>.001</v>
+      </c>
+    </row>
+    <row r="25" spans="1:5">
+      <c r="A25" t="s" s="2">
         <v>25</v>
       </c>
-      <c r="B25" s="4">
-[...13 lines deleted...]
-      <c r="A26" s="2" t="s">
+      <c r="B25" s="8">
+        <v>49199708</v>
+      </c>
+      <c r="C25" s="9">
+        <v>.484</v>
+      </c>
+      <c r="D25" s="8">
+        <v>1349618206</v>
+      </c>
+      <c r="E25" s="9">
+        <v>.033</v>
+      </c>
+    </row>
+    <row r="26" spans="1:5">
+      <c r="A26" t="s" s="3">
         <v>26</v>
       </c>
-      <c r="B26" s="6">
-[...13 lines deleted...]
-      <c r="A27" s="2" t="s">
+      <c r="B26" s="10">
+        <v>42704622</v>
+      </c>
+      <c r="C26" s="11">
+        <v>.868</v>
+      </c>
+      <c r="D26" s="10">
+        <v>1092539055</v>
+      </c>
+      <c r="E26" s="11">
+        <v>.81</v>
+      </c>
+    </row>
+    <row r="27" spans="1:5">
+      <c r="A27" t="s" s="3">
         <v>27</v>
       </c>
-      <c r="B27" s="6">
-[...13 lines deleted...]
-      <c r="A28" s="1" t="s">
+      <c r="B27" s="10">
+        <v>6495086</v>
+      </c>
+      <c r="C27" s="11">
+        <v>.132</v>
+      </c>
+      <c r="D27" s="10">
+        <v>257079151</v>
+      </c>
+      <c r="E27" s="11">
+        <v>.19</v>
+      </c>
+    </row>
+    <row r="28" spans="1:5">
+      <c r="A28" t="s" s="2">
         <v>28</v>
       </c>
-      <c r="B28" s="4"/>
-[...5 lines deleted...]
-      <c r="A29" s="1" t="s">
+      <c r="B28" s="8">
+        <v/>
+      </c>
+      <c r="C28" s="9">
+        <v/>
+      </c>
+      <c r="D28" s="8">
+        <v/>
+      </c>
+      <c r="E28" s="9">
+        <v/>
+      </c>
+    </row>
+    <row r="29" spans="1:5">
+      <c r="A29" t="s" s="2">
         <v>29</v>
       </c>
-      <c r="B29" s="4">
-[...2 lines deleted...]
-      <c r="C29" s="5">
+      <c r="B29" s="8">
+        <v>101722472</v>
+      </c>
+      <c r="C29" s="9">
         <v>1</v>
       </c>
-      <c r="D29" s="4">
-[...2 lines deleted...]
-      <c r="E29" s="5">
+      <c r="D29" s="8">
+        <v>40615239681.33</v>
+      </c>
+      <c r="E29" s="9">
         <v>1</v>
       </c>
     </row>
-    <row r="30" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A30" s="1" t="s">
+    <row r="30" spans="1:5">
+      <c r="A30" t="s" s="2">
         <v>30</v>
       </c>
-      <c r="B30" s="4"/>
-[...5 lines deleted...]
-      <c r="A31" s="1" t="s">
+      <c r="B30" s="8">
+        <v/>
+      </c>
+      <c r="C30" s="9">
+        <v/>
+      </c>
+      <c r="D30" s="8">
+        <v/>
+      </c>
+      <c r="E30" s="9">
+        <v/>
+      </c>
+    </row>
+    <row r="31" spans="1:5">
+      <c r="A31" t="s" s="2">
         <v>31</v>
       </c>
-      <c r="B31" s="4">
-[...13 lines deleted...]
-      <c r="A32" s="1" t="s">
+      <c r="B31" s="8">
+        <v>560287</v>
+      </c>
+      <c r="C31" s="9">
+        <v>.041</v>
+      </c>
+      <c r="D31" s="8">
+        <v>5370871438.43</v>
+      </c>
+      <c r="E31" s="9">
+        <v>.405</v>
+      </c>
+    </row>
+    <row r="32" spans="1:5">
+      <c r="A32" t="s" s="2">
         <v>32</v>
       </c>
-      <c r="B32" s="4">
-[...13 lines deleted...]
-      <c r="A33" s="1" t="s">
+      <c r="B32" s="8">
+        <v>1182669</v>
+      </c>
+      <c r="C32" s="9">
+        <v>.087</v>
+      </c>
+      <c r="D32" s="8">
+        <v>7335324040.58</v>
+      </c>
+      <c r="E32" s="9">
+        <v>.553</v>
+      </c>
+    </row>
+    <row r="33" spans="1:5">
+      <c r="A33" t="s" s="2">
         <v>33</v>
       </c>
-      <c r="B33" s="4">
-[...13 lines deleted...]
-      <c r="A34" s="1" t="s">
+      <c r="B33" s="8">
+        <v>8307881</v>
+      </c>
+      <c r="C33" s="9">
+        <v>.611</v>
+      </c>
+      <c r="D33" s="8">
+        <v>435791954.98</v>
+      </c>
+      <c r="E33" s="9">
+        <v>.033</v>
+      </c>
+    </row>
+    <row r="34" spans="1:5">
+      <c r="A34" t="s" s="2">
         <v>34</v>
       </c>
-      <c r="B34" s="4">
-[...13 lines deleted...]
-      <c r="A35" s="1" t="s">
+      <c r="B34" s="8">
+        <v>3548240</v>
+      </c>
+      <c r="C34" s="9">
+        <v>.261</v>
+      </c>
+      <c r="D34" s="8">
+        <v>120557055</v>
+      </c>
+      <c r="E34" s="9">
+        <v>.009</v>
+      </c>
+    </row>
+    <row r="35" spans="1:5">
+      <c r="A35" t="s" s="2">
         <v>35</v>
       </c>
-      <c r="B35" s="4">
-[...2 lines deleted...]
-      <c r="C35" s="5">
+      <c r="B35" s="8">
+        <v>13599077</v>
+      </c>
+      <c r="C35" s="9">
         <v>1</v>
       </c>
-      <c r="D35" s="4">
-[...2 lines deleted...]
-      <c r="E35" s="5">
+      <c r="D35" s="8">
+        <v>13262544488.99</v>
+      </c>
+      <c r="E35" s="9">
         <v>1</v>
       </c>
     </row>
-    <row r="36" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A36" s="3" t="s">
+    <row r="36" spans="1:5">
+      <c r="A36" t="s" s="7">
         <v>36</v>
       </c>
-      <c r="B36" s="8">
-[...27 lines deleted...]
-      <c r="A39" s="13" t="s">
+      <c r="B36" s="12">
+        <v>115321549</v>
+      </c>
+      <c r="C36" s="13">
+        <v/>
+      </c>
+      <c r="D36" s="12">
+        <v>53877784170.32</v>
+      </c>
+      <c r="E36" s="13">
+        <v/>
+      </c>
+    </row>
+    <row r="37" spans="1:5">
+      <c r="A37" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="38" spans="1:5">
+      <c r="A38" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="39" spans="1:5" ht="28" customHeight="1">
+      <c r="A39" t="s" s="3">
         <v>37</v>
       </c>
-      <c r="B39" s="11"/>
-[...5 lines deleted...]
-      <c r="A40" s="13" t="s">
+    </row>
+    <row r="40" spans="1:5" ht="35" customHeight="1">
+      <c r="A40" t="s" s="3">
         <v>38</v>
       </c>
-      <c r="B40" s="11"/>
-[...5 lines deleted...]
-      <c r="A41" s="13" t="s">
+    </row>
+    <row r="41" spans="1:5" ht="52" customHeight="1">
+      <c r="A41" t="s" s="3">
         <v>39</v>
       </c>
-      <c r="B41" s="11"/>
-[...5 lines deleted...]
-      <c r="A42" s="13" t="s">
+    </row>
+    <row r="42" spans="1:5" ht="55" customHeight="1">
+      <c r="A42" t="s" s="3">
         <v>40</v>
       </c>
-      <c r="B42" s="11"/>
-[...5 lines deleted...]
-      <c r="A43" s="13" t="s">
+    </row>
+    <row r="43" spans="1:5" ht="35" customHeight="1">
+      <c r="A43" t="s" s="3">
         <v>41</v>
       </c>
-      <c r="B43" s="11"/>
-[...5 lines deleted...]
-      <c r="A44" s="13" t="s">
+    </row>
+    <row r="44" spans="1:5" ht="40" customHeight="1">
+      <c r="A44" t="s" s="3">
         <v>42</v>
       </c>
-      <c r="B44" s="11"/>
-[...5 lines deleted...]
-      <c r="A45" s="13" t="s">
+    </row>
+    <row r="45" spans="1:5" ht="35" customHeight="1">
+      <c r="A45" t="s" s="3">
         <v>43</v>
       </c>
-      <c r="B45" s="11"/>
-[...5 lines deleted...]
-      <c r="A46" s="13" t="s">
+    </row>
+    <row r="46" spans="1:5" ht="37" customHeight="1">
+      <c r="A46" t="s" s="3">
         <v>44</v>
       </c>
-      <c r="B46" s="11"/>
-[...5 lines deleted...]
-      <c r="A47" s="13" t="s">
+    </row>
+    <row r="47" spans="1:5" ht="40" customHeight="1">
+      <c r="A47" t="s" s="3">
         <v>45</v>
       </c>
-      <c r="B47" s="11"/>
-[...5 lines deleted...]
-      <c r="A48" s="13" t="s">
+    </row>
+    <row r="48" spans="1:5">
+      <c r="A48" t="s" s="3">
         <v>46</v>
       </c>
-      <c r="B48" s="11"/>
-[...2 lines deleted...]
-      <c r="E48" s="11"/>
     </row>
   </sheetData>
   <mergeCells count="32">
-    <mergeCell ref="A47:E47"/>
-    <mergeCell ref="A48:E48"/>
+    <mergeCell ref="A1:E1"/>
+    <mergeCell ref="A2:E2"/>
+    <mergeCell ref="A3:E3"/>
+    <mergeCell ref="A4:E4"/>
+    <mergeCell ref="A5:E5"/>
+    <mergeCell ref="A6:E6"/>
+    <mergeCell ref="A7:E7"/>
+    <mergeCell ref="A8:E8"/>
+    <mergeCell ref="A9:E9"/>
+    <mergeCell ref="B10:E10"/>
+    <mergeCell ref="B11:E11"/>
+    <mergeCell ref="B12:E12"/>
+    <mergeCell ref="B13:E13"/>
+    <mergeCell ref="A14:E14"/>
+    <mergeCell ref="A15:E15"/>
+    <mergeCell ref="A16:A17"/>
+    <mergeCell ref="B16:B17"/>
+    <mergeCell ref="C16:C17"/>
+    <mergeCell ref="D16:D17"/>
+    <mergeCell ref="E16:E17"/>
+    <mergeCell ref="A37:E37"/>
+    <mergeCell ref="A38:E38"/>
+    <mergeCell ref="A39:E39"/>
+    <mergeCell ref="A40:E40"/>
+    <mergeCell ref="A41:E41"/>
     <mergeCell ref="A42:E42"/>
     <mergeCell ref="A43:E43"/>
     <mergeCell ref="A44:E44"/>
     <mergeCell ref="A45:E45"/>
     <mergeCell ref="A46:E46"/>
-    <mergeCell ref="A37:E37"/>
-[...23 lines deleted...]
-    <mergeCell ref="A5:E5"/>
+    <mergeCell ref="A47:E47"/>
+    <mergeCell ref="A48:E48"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:E48"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="57" customWidth="1"/>
     <col min="2" max="2" width="21" customWidth="1"/>
     <col min="3" max="3" width="9" customWidth="1"/>
     <col min="4" max="4" width="21" customWidth="1"/>
     <col min="5" max="5" width="9" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A1" s="10" t="s">
+    <row r="1" spans="1:5">
+      <c r="A1" t="s" s="1">
         <v>0</v>
       </c>
-      <c r="B1" s="11"/>
-[...5 lines deleted...]
-      <c r="A2" s="12" t="s">
+    </row>
+    <row r="2" spans="1:5">
+      <c r="A2" t="s" s="2">
         <v>1</v>
       </c>
-      <c r="B2" s="11"/>
-[...5 lines deleted...]
-      <c r="A3" s="12" t="s">
+    </row>
+    <row r="3" spans="1:5">
+      <c r="A3" t="s" s="2">
         <v>2</v>
       </c>
-      <c r="B3" s="11"/>
-[...5 lines deleted...]
-      <c r="A4" s="12" t="s">
+    </row>
+    <row r="4" spans="1:5">
+      <c r="A4" t="s" s="2">
         <v>3</v>
       </c>
-      <c r="B4" s="11"/>
-[...14 lines deleted...]
-      <c r="A6" s="14" t="s">
+    </row>
+    <row r="5" spans="1:5">
+      <c r="A5" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="6" spans="1:5">
+      <c r="A6" t="s" s="4">
         <v>5</v>
       </c>
-      <c r="B6" s="11"/>
-[...32 lines deleted...]
-      <c r="A10" s="1" t="s">
+    </row>
+    <row r="7" spans="1:5">
+      <c r="A7" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="8" spans="1:5">
+      <c r="A8" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="9" spans="1:5">
+      <c r="A9" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="10" spans="1:5">
+      <c r="A10" t="s" s="2">
         <v>6</v>
       </c>
-      <c r="B10" s="12" t="s">
+      <c r="B10" t="s" s="2">
         <v>7</v>
       </c>
-      <c r="C10" s="11"/>
-[...4 lines deleted...]
-      <c r="A11" s="1" t="s">
+    </row>
+    <row r="11" spans="1:5">
+      <c r="A11" t="s" s="2">
         <v>8</v>
       </c>
-      <c r="B11" s="12" t="s">
-[...7 lines deleted...]
-      <c r="A12" s="1" t="s">
+      <c r="B11" t="s" s="2">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="12" spans="1:5">
+      <c r="A12" t="s" s="2">
         <v>10</v>
       </c>
-      <c r="B12" s="12" t="s">
+      <c r="B12" t="s" s="2">
         <v>11</v>
       </c>
-      <c r="C12" s="11"/>
-[...4 lines deleted...]
-      <c r="A13" s="1" t="s">
+    </row>
+    <row r="13" spans="1:5">
+      <c r="A13" t="s" s="2">
         <v>12</v>
       </c>
-      <c r="B13" s="12" t="s">
+      <c r="B13" t="s" s="2">
         <v>13</v>
       </c>
-      <c r="C13" s="11"/>
-[...22 lines deleted...]
-      <c r="A16" s="15" t="s">
+    </row>
+    <row r="14" spans="1:5">
+      <c r="A14" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="15" spans="1:5">
+      <c r="A15" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="16" spans="1:5">
+      <c r="A16" t="s" s="5">
         <v>14</v>
       </c>
-      <c r="B16" s="15" t="s">
+      <c r="B16" t="s" s="5">
         <v>15</v>
       </c>
-      <c r="C16" s="16" t="s">
+      <c r="C16" t="s" s="6">
         <v>16</v>
       </c>
-      <c r="D16" s="15" t="s">
+      <c r="D16" t="s" s="5">
         <v>17</v>
       </c>
-      <c r="E16" s="16" t="s">
+      <c r="E16" t="s" s="6">
         <v>16</v>
       </c>
     </row>
-    <row r="17" spans="1:5" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-      <c r="A18" s="1" t="s">
+    <row r="18" spans="1:5">
+      <c r="A18" t="s" s="2">
         <v>18</v>
       </c>
-      <c r="B18" s="4"/>
-[...5 lines deleted...]
-      <c r="A19" s="1" t="s">
+      <c r="B18" s="8">
+        <v/>
+      </c>
+      <c r="C18" s="9">
+        <v/>
+      </c>
+      <c r="D18" s="8">
+        <v/>
+      </c>
+      <c r="E18" s="9">
+        <v/>
+      </c>
+    </row>
+    <row r="19" spans="1:5">
+      <c r="A19" t="s" s="2">
         <v>19</v>
       </c>
-      <c r="B19" s="4">
-[...13 lines deleted...]
-      <c r="A20" s="2" t="s">
+      <c r="B19" s="8">
+        <v>33737043</v>
+      </c>
+      <c r="C19" s="9">
+        <v>.309</v>
+      </c>
+      <c r="D19" s="8">
+        <v>55746808267.68</v>
+      </c>
+      <c r="E19" s="9">
+        <v>.968</v>
+      </c>
+    </row>
+    <row r="20" spans="1:5">
+      <c r="A20" t="s" s="3">
         <v>20</v>
       </c>
-      <c r="B20" s="6">
-[...13 lines deleted...]
-      <c r="A21" s="2" t="s">
+      <c r="B20" s="10">
+        <v>31363582</v>
+      </c>
+      <c r="C20" s="11">
+        <v>.93</v>
+      </c>
+      <c r="D20" s="10">
+        <v>54708955636.78</v>
+      </c>
+      <c r="E20" s="11">
+        <v>.981</v>
+      </c>
+    </row>
+    <row r="21" spans="1:5">
+      <c r="A21" t="s" s="3">
         <v>21</v>
       </c>
-      <c r="B21" s="6">
-[...13 lines deleted...]
-      <c r="A22" s="1" t="s">
+      <c r="B21" s="10">
+        <v>2373461</v>
+      </c>
+      <c r="C21" s="11">
+        <v>.07</v>
+      </c>
+      <c r="D21" s="10">
+        <v>1037852630.9</v>
+      </c>
+      <c r="E21" s="11">
+        <v>.019</v>
+      </c>
+    </row>
+    <row r="22" spans="1:5">
+      <c r="A22" t="s" s="2">
         <v>22</v>
       </c>
-      <c r="B22" s="4">
-[...13 lines deleted...]
-      <c r="A23" s="1" t="s">
+      <c r="B22" s="8">
+        <v>849147</v>
+      </c>
+      <c r="C22" s="9">
+        <v>.008</v>
+      </c>
+      <c r="D22" s="8">
+        <v>48680716</v>
+      </c>
+      <c r="E22" s="9">
+        <v>.001</v>
+      </c>
+    </row>
+    <row r="23" spans="1:5">
+      <c r="A23" t="s" s="2">
         <v>23</v>
       </c>
-      <c r="B23" s="4">
-[...13 lines deleted...]
-      <c r="A24" s="1" t="s">
+      <c r="B23" s="8">
+        <v>1771974</v>
+      </c>
+      <c r="C23" s="9">
+        <v>.016</v>
+      </c>
+      <c r="D23" s="8">
+        <v>183268207</v>
+      </c>
+      <c r="E23" s="9">
+        <v>.003</v>
+      </c>
+    </row>
+    <row r="24" spans="1:5">
+      <c r="A24" t="s" s="2">
         <v>24</v>
       </c>
-      <c r="B24" s="4">
-[...13 lines deleted...]
-      <c r="A25" s="1" t="s">
+      <c r="B24" s="8">
+        <v>16232950</v>
+      </c>
+      <c r="C24" s="9">
+        <v>.149</v>
+      </c>
+      <c r="D24" s="8">
+        <v>40050374.41</v>
+      </c>
+      <c r="E24" s="9">
+        <v>.001</v>
+      </c>
+    </row>
+    <row r="25" spans="1:5">
+      <c r="A25" t="s" s="2">
         <v>25</v>
       </c>
-      <c r="B25" s="4">
-[...13 lines deleted...]
-      <c r="A26" s="2" t="s">
+      <c r="B25" s="8">
+        <v>56675855</v>
+      </c>
+      <c r="C25" s="9">
+        <v>.519</v>
+      </c>
+      <c r="D25" s="8">
+        <v>1568369773</v>
+      </c>
+      <c r="E25" s="9">
+        <v>.027</v>
+      </c>
+    </row>
+    <row r="26" spans="1:5">
+      <c r="A26" t="s" s="3">
         <v>26</v>
       </c>
-      <c r="B26" s="6">
-[...13 lines deleted...]
-      <c r="A27" s="2" t="s">
+      <c r="B26" s="10">
+        <v>49172507</v>
+      </c>
+      <c r="C26" s="11">
+        <v>.868</v>
+      </c>
+      <c r="D26" s="10">
+        <v>1265565161</v>
+      </c>
+      <c r="E26" s="11">
+        <v>.807</v>
+      </c>
+    </row>
+    <row r="27" spans="1:5">
+      <c r="A27" t="s" s="3">
         <v>27</v>
       </c>
-      <c r="B27" s="6">
-[...13 lines deleted...]
-      <c r="A28" s="1" t="s">
+      <c r="B27" s="10">
+        <v>7503348</v>
+      </c>
+      <c r="C27" s="11">
+        <v>.132</v>
+      </c>
+      <c r="D27" s="10">
+        <v>302804612</v>
+      </c>
+      <c r="E27" s="11">
+        <v>.193</v>
+      </c>
+    </row>
+    <row r="28" spans="1:5">
+      <c r="A28" t="s" s="2">
         <v>28</v>
       </c>
-      <c r="B28" s="4"/>
-[...5 lines deleted...]
-      <c r="A29" s="1" t="s">
+      <c r="B28" s="8">
+        <v/>
+      </c>
+      <c r="C28" s="9">
+        <v/>
+      </c>
+      <c r="D28" s="8">
+        <v/>
+      </c>
+      <c r="E28" s="9">
+        <v/>
+      </c>
+    </row>
+    <row r="29" spans="1:5">
+      <c r="A29" t="s" s="2">
         <v>29</v>
       </c>
-      <c r="B29" s="4">
-[...2 lines deleted...]
-      <c r="C29" s="5">
+      <c r="B29" s="8">
+        <v>109266969</v>
+      </c>
+      <c r="C29" s="9">
         <v>1</v>
       </c>
-      <c r="D29" s="4">
-[...2 lines deleted...]
-      <c r="E29" s="5">
+      <c r="D29" s="8">
+        <v>57587177338.09</v>
+      </c>
+      <c r="E29" s="9">
         <v>1</v>
       </c>
     </row>
-    <row r="30" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A30" s="1" t="s">
+    <row r="30" spans="1:5">
+      <c r="A30" t="s" s="2">
         <v>30</v>
       </c>
-      <c r="B30" s="4"/>
-[...5 lines deleted...]
-      <c r="A31" s="1" t="s">
+      <c r="B30" s="8">
+        <v/>
+      </c>
+      <c r="C30" s="9">
+        <v/>
+      </c>
+      <c r="D30" s="8">
+        <v/>
+      </c>
+      <c r="E30" s="9">
+        <v/>
+      </c>
+    </row>
+    <row r="31" spans="1:5">
+      <c r="A31" t="s" s="2">
         <v>31</v>
       </c>
-      <c r="B31" s="4">
-[...13 lines deleted...]
-      <c r="A32" s="1" t="s">
+      <c r="B31" s="8">
+        <v>610996</v>
+      </c>
+      <c r="C31" s="9">
+        <v>.039</v>
+      </c>
+      <c r="D31" s="8">
+        <v>7792914210.1</v>
+      </c>
+      <c r="E31" s="9">
+        <v>.553</v>
+      </c>
+    </row>
+    <row r="32" spans="1:5">
+      <c r="A32" t="s" s="2">
         <v>32</v>
       </c>
-      <c r="B32" s="4">
-[...13 lines deleted...]
-      <c r="A33" s="1" t="s">
+      <c r="B32" s="8">
+        <v>1282639</v>
+      </c>
+      <c r="C32" s="9">
+        <v>.082</v>
+      </c>
+      <c r="D32" s="8">
+        <v>5668540801.43</v>
+      </c>
+      <c r="E32" s="9">
+        <v>.402</v>
+      </c>
+    </row>
+    <row r="33" spans="1:5">
+      <c r="A33" t="s" s="2">
         <v>33</v>
       </c>
-      <c r="B33" s="4">
-[...13 lines deleted...]
-      <c r="A34" s="1" t="s">
+      <c r="B33" s="8">
+        <v>9302342</v>
+      </c>
+      <c r="C33" s="9">
+        <v>.598</v>
+      </c>
+      <c r="D33" s="8">
+        <v>484900240.42</v>
+      </c>
+      <c r="E33" s="9">
+        <v>.034</v>
+      </c>
+    </row>
+    <row r="34" spans="1:5">
+      <c r="A34" t="s" s="2">
         <v>34</v>
       </c>
-      <c r="B34" s="4">
-[...13 lines deleted...]
-      <c r="A35" s="1" t="s">
+      <c r="B34" s="8">
+        <v>4353454</v>
+      </c>
+      <c r="C34" s="9">
+        <v>.28</v>
+      </c>
+      <c r="D34" s="8">
+        <v>146217506</v>
+      </c>
+      <c r="E34" s="9">
+        <v>.01</v>
+      </c>
+    </row>
+    <row r="35" spans="1:5">
+      <c r="A35" t="s" s="2">
         <v>35</v>
       </c>
-      <c r="B35" s="4">
-[...2 lines deleted...]
-      <c r="C35" s="5">
+      <c r="B35" s="8">
+        <v>15549431</v>
+      </c>
+      <c r="C35" s="9">
         <v>1</v>
       </c>
-      <c r="D35" s="4">
-[...2 lines deleted...]
-      <c r="E35" s="5">
+      <c r="D35" s="8">
+        <v>14092572757.95</v>
+      </c>
+      <c r="E35" s="9">
         <v>1</v>
       </c>
     </row>
-    <row r="36" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A36" s="3" t="s">
+    <row r="36" spans="1:5">
+      <c r="A36" t="s" s="7">
         <v>36</v>
       </c>
-      <c r="B36" s="8">
-[...27 lines deleted...]
-      <c r="A39" s="13" t="s">
+      <c r="B36" s="12">
+        <v>124816400</v>
+      </c>
+      <c r="C36" s="13">
+        <v/>
+      </c>
+      <c r="D36" s="12">
+        <v>71679750096.04</v>
+      </c>
+      <c r="E36" s="13">
+        <v/>
+      </c>
+    </row>
+    <row r="37" spans="1:5">
+      <c r="A37" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="38" spans="1:5">
+      <c r="A38" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="39" spans="1:5" ht="28" customHeight="1">
+      <c r="A39" t="s" s="3">
         <v>37</v>
       </c>
-      <c r="B39" s="11"/>
-[...5 lines deleted...]
-      <c r="A40" s="13" t="s">
+    </row>
+    <row r="40" spans="1:5" ht="35" customHeight="1">
+      <c r="A40" t="s" s="3">
         <v>38</v>
       </c>
-      <c r="B40" s="11"/>
-[...5 lines deleted...]
-      <c r="A41" s="13" t="s">
+    </row>
+    <row r="41" spans="1:5" ht="52" customHeight="1">
+      <c r="A41" t="s" s="3">
         <v>39</v>
       </c>
-      <c r="B41" s="11"/>
-[...5 lines deleted...]
-      <c r="A42" s="13" t="s">
+    </row>
+    <row r="42" spans="1:5" ht="55" customHeight="1">
+      <c r="A42" t="s" s="3">
         <v>40</v>
       </c>
-      <c r="B42" s="11"/>
-[...5 lines deleted...]
-      <c r="A43" s="13" t="s">
+    </row>
+    <row r="43" spans="1:5" ht="35" customHeight="1">
+      <c r="A43" t="s" s="3">
         <v>41</v>
       </c>
-      <c r="B43" s="11"/>
-[...5 lines deleted...]
-      <c r="A44" s="13" t="s">
+    </row>
+    <row r="44" spans="1:5" ht="40" customHeight="1">
+      <c r="A44" t="s" s="3">
         <v>42</v>
       </c>
-      <c r="B44" s="11"/>
-[...5 lines deleted...]
-      <c r="A45" s="13" t="s">
+    </row>
+    <row r="45" spans="1:5" ht="35" customHeight="1">
+      <c r="A45" t="s" s="3">
         <v>43</v>
       </c>
-      <c r="B45" s="11"/>
-[...5 lines deleted...]
-      <c r="A46" s="13" t="s">
+    </row>
+    <row r="46" spans="1:5" ht="37" customHeight="1">
+      <c r="A46" t="s" s="3">
         <v>44</v>
       </c>
-      <c r="B46" s="11"/>
-[...5 lines deleted...]
-      <c r="A47" s="13" t="s">
+    </row>
+    <row r="47" spans="1:5" ht="40" customHeight="1">
+      <c r="A47" t="s" s="3">
         <v>45</v>
       </c>
-      <c r="B47" s="11"/>
-[...5 lines deleted...]
-      <c r="A48" s="13" t="s">
+    </row>
+    <row r="48" spans="1:5">
+      <c r="A48" t="s" s="3">
         <v>46</v>
       </c>
-      <c r="B48" s="11"/>
-[...2 lines deleted...]
-      <c r="E48" s="11"/>
     </row>
   </sheetData>
   <mergeCells count="32">
-    <mergeCell ref="A47:E47"/>
-    <mergeCell ref="A48:E48"/>
+    <mergeCell ref="A1:E1"/>
+    <mergeCell ref="A2:E2"/>
+    <mergeCell ref="A3:E3"/>
+    <mergeCell ref="A4:E4"/>
+    <mergeCell ref="A5:E5"/>
+    <mergeCell ref="A6:E6"/>
+    <mergeCell ref="A7:E7"/>
+    <mergeCell ref="A8:E8"/>
+    <mergeCell ref="A9:E9"/>
+    <mergeCell ref="B10:E10"/>
+    <mergeCell ref="B11:E11"/>
+    <mergeCell ref="B12:E12"/>
+    <mergeCell ref="B13:E13"/>
+    <mergeCell ref="A14:E14"/>
+    <mergeCell ref="A15:E15"/>
+    <mergeCell ref="A16:A17"/>
+    <mergeCell ref="B16:B17"/>
+    <mergeCell ref="C16:C17"/>
+    <mergeCell ref="D16:D17"/>
+    <mergeCell ref="E16:E17"/>
+    <mergeCell ref="A37:E37"/>
+    <mergeCell ref="A38:E38"/>
+    <mergeCell ref="A39:E39"/>
+    <mergeCell ref="A40:E40"/>
+    <mergeCell ref="A41:E41"/>
     <mergeCell ref="A42:E42"/>
     <mergeCell ref="A43:E43"/>
     <mergeCell ref="A44:E44"/>
     <mergeCell ref="A45:E45"/>
     <mergeCell ref="A46:E46"/>
-    <mergeCell ref="A37:E37"/>
-[...23 lines deleted...]
-    <mergeCell ref="A5:E5"/>
+    <mergeCell ref="A47:E47"/>
+    <mergeCell ref="A48:E48"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:E48"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="57" customWidth="1"/>
     <col min="2" max="2" width="21" customWidth="1"/>
     <col min="3" max="3" width="9" customWidth="1"/>
     <col min="4" max="4" width="21" customWidth="1"/>
     <col min="5" max="5" width="9" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A1" s="10" t="s">
+    <row r="1" spans="1:5">
+      <c r="A1" t="s" s="1">
         <v>0</v>
       </c>
-      <c r="B1" s="11"/>
-[...5 lines deleted...]
-      <c r="A2" s="12" t="s">
+    </row>
+    <row r="2" spans="1:5">
+      <c r="A2" t="s" s="2">
         <v>1</v>
       </c>
-      <c r="B2" s="11"/>
-[...5 lines deleted...]
-      <c r="A3" s="12" t="s">
+    </row>
+    <row r="3" spans="1:5">
+      <c r="A3" t="s" s="2">
         <v>2</v>
       </c>
-      <c r="B3" s="11"/>
-[...5 lines deleted...]
-      <c r="A4" s="12" t="s">
+    </row>
+    <row r="4" spans="1:5">
+      <c r="A4" t="s" s="2">
         <v>3</v>
       </c>
-      <c r="B4" s="11"/>
-[...14 lines deleted...]
-      <c r="A6" s="14" t="s">
+    </row>
+    <row r="5" spans="1:5">
+      <c r="A5" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="6" spans="1:5">
+      <c r="A6" t="s" s="4">
         <v>5</v>
       </c>
-      <c r="B6" s="11"/>
-[...32 lines deleted...]
-      <c r="A10" s="1" t="s">
+    </row>
+    <row r="7" spans="1:5">
+      <c r="A7" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="8" spans="1:5">
+      <c r="A8" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="9" spans="1:5">
+      <c r="A9" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="10" spans="1:5">
+      <c r="A10" t="s" s="2">
         <v>6</v>
       </c>
-      <c r="B10" s="12" t="s">
+      <c r="B10" t="s" s="2">
         <v>7</v>
       </c>
-      <c r="C10" s="11"/>
-[...4 lines deleted...]
-      <c r="A11" s="1" t="s">
+    </row>
+    <row r="11" spans="1:5">
+      <c r="A11" t="s" s="2">
         <v>8</v>
       </c>
-      <c r="B11" s="12" t="s">
-[...7 lines deleted...]
-      <c r="A12" s="1" t="s">
+      <c r="B11" t="s" s="2">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="12" spans="1:5">
+      <c r="A12" t="s" s="2">
         <v>10</v>
       </c>
-      <c r="B12" s="12" t="s">
+      <c r="B12" t="s" s="2">
         <v>11</v>
       </c>
-      <c r="C12" s="11"/>
-[...4 lines deleted...]
-      <c r="A13" s="1" t="s">
+    </row>
+    <row r="13" spans="1:5">
+      <c r="A13" t="s" s="2">
         <v>12</v>
       </c>
-      <c r="B13" s="12" t="s">
+      <c r="B13" t="s" s="2">
         <v>13</v>
       </c>
-      <c r="C13" s="11"/>
-[...22 lines deleted...]
-      <c r="A16" s="15" t="s">
+    </row>
+    <row r="14" spans="1:5">
+      <c r="A14" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="15" spans="1:5">
+      <c r="A15" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="16" spans="1:5">
+      <c r="A16" t="s" s="5">
         <v>14</v>
       </c>
-      <c r="B16" s="15" t="s">
+      <c r="B16" t="s" s="5">
         <v>15</v>
       </c>
-      <c r="C16" s="16" t="s">
+      <c r="C16" t="s" s="6">
         <v>16</v>
       </c>
-      <c r="D16" s="15" t="s">
+      <c r="D16" t="s" s="5">
         <v>17</v>
       </c>
-      <c r="E16" s="16" t="s">
+      <c r="E16" t="s" s="6">
         <v>16</v>
       </c>
     </row>
-    <row r="17" spans="1:5" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-      <c r="A18" s="1" t="s">
+    <row r="18" spans="1:5">
+      <c r="A18" t="s" s="2">
         <v>18</v>
       </c>
-      <c r="B18" s="4"/>
-[...5 lines deleted...]
-      <c r="A19" s="1" t="s">
+      <c r="B18" s="8">
+        <v/>
+      </c>
+      <c r="C18" s="9">
+        <v/>
+      </c>
+      <c r="D18" s="8">
+        <v/>
+      </c>
+      <c r="E18" s="9">
+        <v/>
+      </c>
+    </row>
+    <row r="19" spans="1:5">
+      <c r="A19" t="s" s="2">
         <v>19</v>
       </c>
-      <c r="B19" s="4">
-[...13 lines deleted...]
-      <c r="A20" s="2" t="s">
+      <c r="B19" s="8">
+        <v>36840379</v>
+      </c>
+      <c r="C19" s="9">
+        <v>.327</v>
+      </c>
+      <c r="D19" s="8">
+        <v>45337694753.93</v>
+      </c>
+      <c r="E19" s="9">
+        <v>.96</v>
+      </c>
+    </row>
+    <row r="20" spans="1:5">
+      <c r="A20" t="s" s="3">
         <v>20</v>
       </c>
-      <c r="B20" s="6">
-[...13 lines deleted...]
-      <c r="A21" s="2" t="s">
+      <c r="B20" s="10">
+        <v>34438900</v>
+      </c>
+      <c r="C20" s="11">
+        <v>.935</v>
+      </c>
+      <c r="D20" s="10">
+        <v>44230283875.53</v>
+      </c>
+      <c r="E20" s="11">
+        <v>.976</v>
+      </c>
+    </row>
+    <row r="21" spans="1:5">
+      <c r="A21" t="s" s="3">
         <v>21</v>
       </c>
-      <c r="B21" s="6">
-[...13 lines deleted...]
-      <c r="A22" s="1" t="s">
+      <c r="B21" s="10">
+        <v>2401479</v>
+      </c>
+      <c r="C21" s="11">
+        <v>.065</v>
+      </c>
+      <c r="D21" s="10">
+        <v>1107410878.4</v>
+      </c>
+      <c r="E21" s="11">
+        <v>.024</v>
+      </c>
+    </row>
+    <row r="22" spans="1:5">
+      <c r="A22" t="s" s="2">
         <v>22</v>
       </c>
-      <c r="B22" s="4">
-[...13 lines deleted...]
-      <c r="A23" s="1" t="s">
+      <c r="B22" s="8">
+        <v>840835</v>
+      </c>
+      <c r="C22" s="9">
+        <v>.007</v>
+      </c>
+      <c r="D22" s="8">
+        <v>47702685</v>
+      </c>
+      <c r="E22" s="9">
+        <v>.001</v>
+      </c>
+    </row>
+    <row r="23" spans="1:5">
+      <c r="A23" t="s" s="2">
         <v>23</v>
       </c>
-      <c r="B23" s="4">
-[...13 lines deleted...]
-      <c r="A24" s="1" t="s">
+      <c r="B23" s="8">
+        <v>1795385</v>
+      </c>
+      <c r="C23" s="9">
+        <v>.016</v>
+      </c>
+      <c r="D23" s="8">
+        <v>194185275</v>
+      </c>
+      <c r="E23" s="9">
+        <v>.004</v>
+      </c>
+    </row>
+    <row r="24" spans="1:5">
+      <c r="A24" t="s" s="2">
         <v>24</v>
       </c>
-      <c r="B24" s="4">
-[...13 lines deleted...]
-      <c r="A25" s="1" t="s">
+      <c r="B24" s="8">
+        <v>16014705</v>
+      </c>
+      <c r="C24" s="9">
+        <v>.142</v>
+      </c>
+      <c r="D24" s="8">
+        <v>46174759.84</v>
+      </c>
+      <c r="E24" s="9">
+        <v>.001</v>
+      </c>
+    </row>
+    <row r="25" spans="1:5">
+      <c r="A25" t="s" s="2">
         <v>25</v>
       </c>
-      <c r="B25" s="4">
-[...13 lines deleted...]
-      <c r="A26" s="2" t="s">
+      <c r="B25" s="8">
+        <v>57207614</v>
+      </c>
+      <c r="C25" s="9">
+        <v>.508</v>
+      </c>
+      <c r="D25" s="8">
+        <v>1619275320</v>
+      </c>
+      <c r="E25" s="9">
+        <v>.034</v>
+      </c>
+    </row>
+    <row r="26" spans="1:5">
+      <c r="A26" t="s" s="3">
         <v>26</v>
       </c>
-      <c r="B26" s="6">
-[...13 lines deleted...]
-      <c r="A27" s="2" t="s">
+      <c r="B26" s="10">
+        <v>49783336</v>
+      </c>
+      <c r="C26" s="11">
+        <v>.87</v>
+      </c>
+      <c r="D26" s="10">
+        <v>1310998910</v>
+      </c>
+      <c r="E26" s="11">
+        <v>.81</v>
+      </c>
+    </row>
+    <row r="27" spans="1:5">
+      <c r="A27" t="s" s="3">
         <v>27</v>
       </c>
-      <c r="B27" s="6">
-[...13 lines deleted...]
-      <c r="A28" s="1" t="s">
+      <c r="B27" s="10">
+        <v>7424278</v>
+      </c>
+      <c r="C27" s="11">
+        <v>.13</v>
+      </c>
+      <c r="D27" s="10">
+        <v>308276410</v>
+      </c>
+      <c r="E27" s="11">
+        <v>.19</v>
+      </c>
+    </row>
+    <row r="28" spans="1:5">
+      <c r="A28" t="s" s="2">
         <v>28</v>
       </c>
-      <c r="B28" s="4"/>
-[...5 lines deleted...]
-      <c r="A29" s="1" t="s">
+      <c r="B28" s="8">
+        <v/>
+      </c>
+      <c r="C28" s="9">
+        <v/>
+      </c>
+      <c r="D28" s="8">
+        <v/>
+      </c>
+      <c r="E28" s="9">
+        <v/>
+      </c>
+    </row>
+    <row r="29" spans="1:5">
+      <c r="A29" t="s" s="2">
         <v>29</v>
       </c>
-      <c r="B29" s="4">
-[...2 lines deleted...]
-      <c r="C29" s="5">
+      <c r="B29" s="8">
+        <v>112698918</v>
+      </c>
+      <c r="C29" s="9">
         <v>1</v>
       </c>
-      <c r="D29" s="4">
-[...2 lines deleted...]
-      <c r="E29" s="5">
+      <c r="D29" s="8">
+        <v>47245032793.77</v>
+      </c>
+      <c r="E29" s="9">
         <v>1</v>
       </c>
     </row>
-    <row r="30" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A30" s="1" t="s">
+    <row r="30" spans="1:5">
+      <c r="A30" t="s" s="2">
         <v>30</v>
       </c>
-      <c r="B30" s="4"/>
-[...5 lines deleted...]
-      <c r="A31" s="1" t="s">
+      <c r="B30" s="8">
+        <v/>
+      </c>
+      <c r="C30" s="9">
+        <v/>
+      </c>
+      <c r="D30" s="8">
+        <v/>
+      </c>
+      <c r="E30" s="9">
+        <v/>
+      </c>
+    </row>
+    <row r="31" spans="1:5">
+      <c r="A31" t="s" s="2">
         <v>31</v>
       </c>
-      <c r="B31" s="4">
-[...13 lines deleted...]
-      <c r="A32" s="1" t="s">
+      <c r="B31" s="8">
+        <v>785089</v>
+      </c>
+      <c r="C31" s="9">
+        <v>.042</v>
+      </c>
+      <c r="D31" s="8">
+        <v>5808177100.28</v>
+      </c>
+      <c r="E31" s="9">
+        <v>.47</v>
+      </c>
+    </row>
+    <row r="32" spans="1:5">
+      <c r="A32" t="s" s="2">
         <v>32</v>
       </c>
-      <c r="B32" s="4">
-[...13 lines deleted...]
-      <c r="A33" s="1" t="s">
+      <c r="B32" s="8">
+        <v>1364526</v>
+      </c>
+      <c r="C32" s="9">
+        <v>.072</v>
+      </c>
+      <c r="D32" s="8">
+        <v>5788889270.79</v>
+      </c>
+      <c r="E32" s="9">
+        <v>.468</v>
+      </c>
+    </row>
+    <row r="33" spans="1:5">
+      <c r="A33" t="s" s="2">
         <v>33</v>
       </c>
-      <c r="B33" s="4">
-[...13 lines deleted...]
-      <c r="A34" s="1" t="s">
+      <c r="B33" s="8">
+        <v>9139696</v>
+      </c>
+      <c r="C33" s="9">
+        <v>.485</v>
+      </c>
+      <c r="D33" s="8">
+        <v>492290318.4</v>
+      </c>
+      <c r="E33" s="9">
+        <v>.04</v>
+      </c>
+    </row>
+    <row r="34" spans="1:5">
+      <c r="A34" t="s" s="2">
         <v>34</v>
       </c>
-      <c r="B34" s="4">
-[...13 lines deleted...]
-      <c r="A35" s="1" t="s">
+      <c r="B34" s="8">
+        <v>7538758</v>
+      </c>
+      <c r="C34" s="9">
+        <v>.4</v>
+      </c>
+      <c r="D34" s="8">
+        <v>275782160</v>
+      </c>
+      <c r="E34" s="9">
+        <v>.022</v>
+      </c>
+    </row>
+    <row r="35" spans="1:5">
+      <c r="A35" t="s" s="2">
         <v>35</v>
       </c>
-      <c r="B35" s="4">
-[...2 lines deleted...]
-      <c r="C35" s="5">
+      <c r="B35" s="8">
+        <v>18828069</v>
+      </c>
+      <c r="C35" s="9">
         <v>1</v>
       </c>
-      <c r="D35" s="4">
-[...2 lines deleted...]
-      <c r="E35" s="5">
+      <c r="D35" s="8">
+        <v>12365138849.47</v>
+      </c>
+      <c r="E35" s="9">
         <v>1</v>
       </c>
     </row>
-    <row r="36" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A36" s="3" t="s">
+    <row r="36" spans="1:5">
+      <c r="A36" t="s" s="7">
         <v>36</v>
       </c>
-      <c r="B36" s="8">
-[...27 lines deleted...]
-      <c r="A39" s="13" t="s">
+      <c r="B36" s="12">
+        <v>131526987</v>
+      </c>
+      <c r="C36" s="13">
+        <v/>
+      </c>
+      <c r="D36" s="12">
+        <v>59610171643.24</v>
+      </c>
+      <c r="E36" s="13">
+        <v/>
+      </c>
+    </row>
+    <row r="37" spans="1:5">
+      <c r="A37" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="38" spans="1:5">
+      <c r="A38" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="39" spans="1:5" ht="28" customHeight="1">
+      <c r="A39" t="s" s="3">
         <v>37</v>
       </c>
-      <c r="B39" s="11"/>
-[...5 lines deleted...]
-      <c r="A40" s="13" t="s">
+    </row>
+    <row r="40" spans="1:5" ht="35" customHeight="1">
+      <c r="A40" t="s" s="3">
         <v>38</v>
       </c>
-      <c r="B40" s="11"/>
-[...5 lines deleted...]
-      <c r="A41" s="13" t="s">
+    </row>
+    <row r="41" spans="1:5" ht="52" customHeight="1">
+      <c r="A41" t="s" s="3">
         <v>39</v>
       </c>
-      <c r="B41" s="11"/>
-[...5 lines deleted...]
-      <c r="A42" s="13" t="s">
+    </row>
+    <row r="42" spans="1:5" ht="55" customHeight="1">
+      <c r="A42" t="s" s="3">
         <v>40</v>
       </c>
-      <c r="B42" s="11"/>
-[...5 lines deleted...]
-      <c r="A43" s="13" t="s">
+    </row>
+    <row r="43" spans="1:5" ht="35" customHeight="1">
+      <c r="A43" t="s" s="3">
         <v>41</v>
       </c>
-      <c r="B43" s="11"/>
-[...5 lines deleted...]
-      <c r="A44" s="13" t="s">
+    </row>
+    <row r="44" spans="1:5" ht="40" customHeight="1">
+      <c r="A44" t="s" s="3">
         <v>42</v>
       </c>
-      <c r="B44" s="11"/>
-[...5 lines deleted...]
-      <c r="A45" s="13" t="s">
+    </row>
+    <row r="45" spans="1:5" ht="35" customHeight="1">
+      <c r="A45" t="s" s="3">
         <v>43</v>
       </c>
-      <c r="B45" s="11"/>
-[...5 lines deleted...]
-      <c r="A46" s="13" t="s">
+    </row>
+    <row r="46" spans="1:5" ht="37" customHeight="1">
+      <c r="A46" t="s" s="3">
         <v>44</v>
       </c>
-      <c r="B46" s="11"/>
-[...5 lines deleted...]
-      <c r="A47" s="13" t="s">
+    </row>
+    <row r="47" spans="1:5" ht="40" customHeight="1">
+      <c r="A47" t="s" s="3">
         <v>45</v>
       </c>
-      <c r="B47" s="11"/>
-[...5 lines deleted...]
-      <c r="A48" s="13" t="s">
+    </row>
+    <row r="48" spans="1:5">
+      <c r="A48" t="s" s="3">
         <v>46</v>
       </c>
-      <c r="B48" s="11"/>
-[...2 lines deleted...]
-      <c r="E48" s="11"/>
     </row>
   </sheetData>
   <mergeCells count="32">
-    <mergeCell ref="A47:E47"/>
-    <mergeCell ref="A48:E48"/>
+    <mergeCell ref="A1:E1"/>
+    <mergeCell ref="A2:E2"/>
+    <mergeCell ref="A3:E3"/>
+    <mergeCell ref="A4:E4"/>
+    <mergeCell ref="A5:E5"/>
+    <mergeCell ref="A6:E6"/>
+    <mergeCell ref="A7:E7"/>
+    <mergeCell ref="A8:E8"/>
+    <mergeCell ref="A9:E9"/>
+    <mergeCell ref="B10:E10"/>
+    <mergeCell ref="B11:E11"/>
+    <mergeCell ref="B12:E12"/>
+    <mergeCell ref="B13:E13"/>
+    <mergeCell ref="A14:E14"/>
+    <mergeCell ref="A15:E15"/>
+    <mergeCell ref="A16:A17"/>
+    <mergeCell ref="B16:B17"/>
+    <mergeCell ref="C16:C17"/>
+    <mergeCell ref="D16:D17"/>
+    <mergeCell ref="E16:E17"/>
+    <mergeCell ref="A37:E37"/>
+    <mergeCell ref="A38:E38"/>
+    <mergeCell ref="A39:E39"/>
+    <mergeCell ref="A40:E40"/>
+    <mergeCell ref="A41:E41"/>
     <mergeCell ref="A42:E42"/>
     <mergeCell ref="A43:E43"/>
     <mergeCell ref="A44:E44"/>
     <mergeCell ref="A45:E45"/>
     <mergeCell ref="A46:E46"/>
-    <mergeCell ref="A37:E37"/>
-[...23 lines deleted...]
-    <mergeCell ref="A5:E5"/>
+    <mergeCell ref="A47:E47"/>
+    <mergeCell ref="A48:E48"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0800-000000000000}">
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:E48"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="57" customWidth="1"/>
     <col min="2" max="2" width="21" customWidth="1"/>
     <col min="3" max="3" width="9" customWidth="1"/>
     <col min="4" max="4" width="21" customWidth="1"/>
     <col min="5" max="5" width="9" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A1" s="10" t="s">
+    <row r="1" spans="1:5">
+      <c r="A1" t="s" s="1">
         <v>0</v>
       </c>
-      <c r="B1" s="11"/>
-[...5 lines deleted...]
-      <c r="A2" s="12" t="s">
+    </row>
+    <row r="2" spans="1:5">
+      <c r="A2" t="s" s="2">
         <v>1</v>
       </c>
-      <c r="B2" s="11"/>
-[...5 lines deleted...]
-      <c r="A3" s="12" t="s">
+    </row>
+    <row r="3" spans="1:5">
+      <c r="A3" t="s" s="2">
         <v>2</v>
       </c>
-      <c r="B3" s="11"/>
-[...5 lines deleted...]
-      <c r="A4" s="12" t="s">
+    </row>
+    <row r="4" spans="1:5">
+      <c r="A4" t="s" s="2">
         <v>3</v>
       </c>
-      <c r="B4" s="11"/>
-[...14 lines deleted...]
-      <c r="A6" s="14" t="s">
+    </row>
+    <row r="5" spans="1:5">
+      <c r="A5" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="6" spans="1:5">
+      <c r="A6" t="s" s="4">
         <v>5</v>
       </c>
-      <c r="B6" s="11"/>
-[...32 lines deleted...]
-      <c r="A10" s="1" t="s">
+    </row>
+    <row r="7" spans="1:5">
+      <c r="A7" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="8" spans="1:5">
+      <c r="A8" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="9" spans="1:5">
+      <c r="A9" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="10" spans="1:5">
+      <c r="A10" t="s" s="2">
         <v>6</v>
       </c>
-      <c r="B10" s="12" t="s">
+      <c r="B10" t="s" s="2">
         <v>7</v>
       </c>
-      <c r="C10" s="11"/>
-[...4 lines deleted...]
-      <c r="A11" s="1" t="s">
+    </row>
+    <row r="11" spans="1:5">
+      <c r="A11" t="s" s="2">
         <v>8</v>
       </c>
-      <c r="B11" s="12" t="s">
-[...7 lines deleted...]
-      <c r="A12" s="1" t="s">
+      <c r="B11" t="s" s="2">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="12" spans="1:5">
+      <c r="A12" t="s" s="2">
         <v>10</v>
       </c>
-      <c r="B12" s="12" t="s">
+      <c r="B12" t="s" s="2">
         <v>11</v>
       </c>
-      <c r="C12" s="11"/>
-[...4 lines deleted...]
-      <c r="A13" s="1" t="s">
+    </row>
+    <row r="13" spans="1:5">
+      <c r="A13" t="s" s="2">
         <v>12</v>
       </c>
-      <c r="B13" s="12" t="s">
+      <c r="B13" t="s" s="2">
         <v>13</v>
       </c>
-      <c r="C13" s="11"/>
-[...22 lines deleted...]
-      <c r="A16" s="15" t="s">
+    </row>
+    <row r="14" spans="1:5">
+      <c r="A14" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="15" spans="1:5">
+      <c r="A15" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="16" spans="1:5">
+      <c r="A16" t="s" s="5">
         <v>14</v>
       </c>
-      <c r="B16" s="15" t="s">
+      <c r="B16" t="s" s="5">
         <v>15</v>
       </c>
-      <c r="C16" s="16" t="s">
+      <c r="C16" t="s" s="6">
         <v>16</v>
       </c>
-      <c r="D16" s="15" t="s">
+      <c r="D16" t="s" s="5">
         <v>17</v>
       </c>
-      <c r="E16" s="16" t="s">
+      <c r="E16" t="s" s="6">
         <v>16</v>
       </c>
     </row>
-    <row r="17" spans="1:5" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-      <c r="A18" s="1" t="s">
+    <row r="18" spans="1:5">
+      <c r="A18" t="s" s="2">
         <v>18</v>
       </c>
-      <c r="B18" s="4"/>
-[...5 lines deleted...]
-      <c r="A19" s="1" t="s">
+      <c r="B18" s="8">
+        <v/>
+      </c>
+      <c r="C18" s="9">
+        <v/>
+      </c>
+      <c r="D18" s="8">
+        <v/>
+      </c>
+      <c r="E18" s="9">
+        <v/>
+      </c>
+    </row>
+    <row r="19" spans="1:5">
+      <c r="A19" t="s" s="2">
         <v>19</v>
       </c>
-      <c r="B19" s="4">
-[...13 lines deleted...]
-      <c r="A20" s="2" t="s">
+      <c r="B19" s="8">
+        <v>37714646</v>
+      </c>
+      <c r="C19" s="9">
+        <v>.323</v>
+      </c>
+      <c r="D19" s="8">
+        <v>43175489547.09</v>
+      </c>
+      <c r="E19" s="9">
+        <v>.956</v>
+      </c>
+    </row>
+    <row r="20" spans="1:5">
+      <c r="A20" t="s" s="3">
         <v>20</v>
       </c>
-      <c r="B20" s="6">
-[...13 lines deleted...]
-      <c r="A21" s="2" t="s">
+      <c r="B20" s="10">
+        <v>35307733</v>
+      </c>
+      <c r="C20" s="11">
+        <v>.936</v>
+      </c>
+      <c r="D20" s="10">
+        <v>42236993228.54</v>
+      </c>
+      <c r="E20" s="11">
+        <v>.978</v>
+      </c>
+    </row>
+    <row r="21" spans="1:5">
+      <c r="A21" t="s" s="3">
         <v>21</v>
       </c>
-      <c r="B21" s="6">
-[...13 lines deleted...]
-      <c r="A22" s="1" t="s">
+      <c r="B21" s="10">
+        <v>2406913</v>
+      </c>
+      <c r="C21" s="11">
+        <v>.064</v>
+      </c>
+      <c r="D21" s="10">
+        <v>938496318.55</v>
+      </c>
+      <c r="E21" s="11">
+        <v>.022</v>
+      </c>
+    </row>
+    <row r="22" spans="1:5">
+      <c r="A22" t="s" s="2">
         <v>22</v>
       </c>
-      <c r="B22" s="4">
-[...13 lines deleted...]
-      <c r="A23" s="1" t="s">
+      <c r="B22" s="8">
+        <v>855689</v>
+      </c>
+      <c r="C22" s="9">
+        <v>.007</v>
+      </c>
+      <c r="D22" s="8">
+        <v>45768249</v>
+      </c>
+      <c r="E22" s="9">
+        <v>.001</v>
+      </c>
+    </row>
+    <row r="23" spans="1:5">
+      <c r="A23" t="s" s="2">
         <v>23</v>
       </c>
-      <c r="B23" s="4">
-[...13 lines deleted...]
-      <c r="A24" s="1" t="s">
+      <c r="B23" s="8">
+        <v>1788451</v>
+      </c>
+      <c r="C23" s="9">
+        <v>.015</v>
+      </c>
+      <c r="D23" s="8">
+        <v>197503830</v>
+      </c>
+      <c r="E23" s="9">
+        <v>.004</v>
+      </c>
+    </row>
+    <row r="24" spans="1:5">
+      <c r="A24" t="s" s="2">
         <v>24</v>
       </c>
-      <c r="B24" s="4">
-[...13 lines deleted...]
-      <c r="A25" s="1" t="s">
+      <c r="B24" s="8">
+        <v>16131217</v>
+      </c>
+      <c r="C24" s="9">
+        <v>.138</v>
+      </c>
+      <c r="D24" s="8">
+        <v>41161724.36</v>
+      </c>
+      <c r="E24" s="9">
+        <v>.001</v>
+      </c>
+    </row>
+    <row r="25" spans="1:5">
+      <c r="A25" t="s" s="2">
         <v>25</v>
       </c>
-      <c r="B25" s="4">
-[...13 lines deleted...]
-      <c r="A26" s="2" t="s">
+      <c r="B25" s="8">
+        <v>60365976</v>
+      </c>
+      <c r="C25" s="9">
+        <v>.517</v>
+      </c>
+      <c r="D25" s="8">
+        <v>1710449254</v>
+      </c>
+      <c r="E25" s="9">
+        <v>.038</v>
+      </c>
+    </row>
+    <row r="26" spans="1:5">
+      <c r="A26" t="s" s="3">
         <v>26</v>
       </c>
-      <c r="B26" s="6">
-[...13 lines deleted...]
-      <c r="A27" s="2" t="s">
+      <c r="B26" s="10">
+        <v>52707469</v>
+      </c>
+      <c r="C26" s="11">
+        <v>.873</v>
+      </c>
+      <c r="D26" s="10">
+        <v>1393975955</v>
+      </c>
+      <c r="E26" s="11">
+        <v>.815</v>
+      </c>
+    </row>
+    <row r="27" spans="1:5">
+      <c r="A27" t="s" s="3">
         <v>27</v>
       </c>
-      <c r="B27" s="6">
-[...13 lines deleted...]
-      <c r="A28" s="1" t="s">
+      <c r="B27" s="10">
+        <v>7658507</v>
+      </c>
+      <c r="C27" s="11">
+        <v>.127</v>
+      </c>
+      <c r="D27" s="10">
+        <v>316473299</v>
+      </c>
+      <c r="E27" s="11">
+        <v>.185</v>
+      </c>
+    </row>
+    <row r="28" spans="1:5">
+      <c r="A28" t="s" s="2">
         <v>28</v>
       </c>
-      <c r="B28" s="4"/>
-[...5 lines deleted...]
-      <c r="A29" s="1" t="s">
+      <c r="B28" s="8">
+        <v/>
+      </c>
+      <c r="C28" s="9">
+        <v/>
+      </c>
+      <c r="D28" s="8">
+        <v/>
+      </c>
+      <c r="E28" s="9">
+        <v/>
+      </c>
+    </row>
+    <row r="29" spans="1:5">
+      <c r="A29" t="s" s="2">
         <v>29</v>
       </c>
-      <c r="B29" s="4">
-[...2 lines deleted...]
-      <c r="C29" s="5">
+      <c r="B29" s="8">
+        <v>116855979</v>
+      </c>
+      <c r="C29" s="9">
         <v>1</v>
       </c>
-      <c r="D29" s="4">
-[...2 lines deleted...]
-      <c r="E29" s="5">
+      <c r="D29" s="8">
+        <v>45170372604.45</v>
+      </c>
+      <c r="E29" s="9">
         <v>1</v>
       </c>
     </row>
-    <row r="30" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A30" s="1" t="s">
+    <row r="30" spans="1:5">
+      <c r="A30" t="s" s="2">
         <v>30</v>
       </c>
-      <c r="B30" s="4"/>
-[...5 lines deleted...]
-      <c r="A31" s="1" t="s">
+      <c r="B30" s="8">
+        <v/>
+      </c>
+      <c r="C30" s="9">
+        <v/>
+      </c>
+      <c r="D30" s="8">
+        <v/>
+      </c>
+      <c r="E30" s="9">
+        <v/>
+      </c>
+    </row>
+    <row r="31" spans="1:5">
+      <c r="A31" t="s" s="2">
         <v>31</v>
       </c>
-      <c r="B31" s="4">
-[...13 lines deleted...]
-      <c r="A32" s="1" t="s">
+      <c r="B31" s="8">
+        <v>610968</v>
+      </c>
+      <c r="C31" s="9">
+        <v>.028</v>
+      </c>
+      <c r="D31" s="8">
+        <v>6603428349.91</v>
+      </c>
+      <c r="E31" s="9">
+        <v>.471</v>
+      </c>
+    </row>
+    <row r="32" spans="1:5">
+      <c r="A32" t="s" s="2">
         <v>32</v>
       </c>
-      <c r="B32" s="4">
-[...13 lines deleted...]
-      <c r="A33" s="1" t="s">
+      <c r="B32" s="8">
+        <v>1440894</v>
+      </c>
+      <c r="C32" s="9">
+        <v>.065</v>
+      </c>
+      <c r="D32" s="8">
+        <v>6496617821.5</v>
+      </c>
+      <c r="E32" s="9">
+        <v>.464</v>
+      </c>
+    </row>
+    <row r="33" spans="1:5">
+      <c r="A33" t="s" s="2">
         <v>33</v>
       </c>
-      <c r="B33" s="4">
-[...13 lines deleted...]
-      <c r="A34" s="1" t="s">
+      <c r="B33" s="8">
+        <v>9853511</v>
+      </c>
+      <c r="C33" s="9">
+        <v>.444</v>
+      </c>
+      <c r="D33" s="8">
+        <v>519873389.5</v>
+      </c>
+      <c r="E33" s="9">
+        <v>.037</v>
+      </c>
+    </row>
+    <row r="34" spans="1:5">
+      <c r="A34" t="s" s="2">
         <v>34</v>
       </c>
-      <c r="B34" s="4">
-[...13 lines deleted...]
-      <c r="A35" s="1" t="s">
+      <c r="B34" s="8">
+        <v>10266746</v>
+      </c>
+      <c r="C34" s="9">
+        <v>.463</v>
+      </c>
+      <c r="D34" s="8">
+        <v>392461795</v>
+      </c>
+      <c r="E34" s="9">
+        <v>.028</v>
+      </c>
+    </row>
+    <row r="35" spans="1:5">
+      <c r="A35" t="s" s="2">
         <v>35</v>
       </c>
-      <c r="B35" s="4">
-[...2 lines deleted...]
-      <c r="C35" s="5">
+      <c r="B35" s="8">
+        <v>22172119</v>
+      </c>
+      <c r="C35" s="9">
         <v>1</v>
       </c>
-      <c r="D35" s="4">
-[...2 lines deleted...]
-      <c r="E35" s="5">
+      <c r="D35" s="8">
+        <v>14012381355.91</v>
+      </c>
+      <c r="E35" s="9">
         <v>1</v>
       </c>
     </row>
-    <row r="36" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A36" s="3" t="s">
+    <row r="36" spans="1:5">
+      <c r="A36" t="s" s="7">
         <v>36</v>
       </c>
-      <c r="B36" s="8">
-[...27 lines deleted...]
-      <c r="A39" s="13" t="s">
+      <c r="B36" s="12">
+        <v>139028098</v>
+      </c>
+      <c r="C36" s="13">
+        <v/>
+      </c>
+      <c r="D36" s="12">
+        <v>59182753960.36</v>
+      </c>
+      <c r="E36" s="13">
+        <v/>
+      </c>
+    </row>
+    <row r="37" spans="1:5">
+      <c r="A37" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="38" spans="1:5">
+      <c r="A38" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="39" spans="1:5" ht="28" customHeight="1">
+      <c r="A39" t="s" s="3">
         <v>37</v>
       </c>
-      <c r="B39" s="11"/>
-[...5 lines deleted...]
-      <c r="A40" s="13" t="s">
+    </row>
+    <row r="40" spans="1:5" ht="35" customHeight="1">
+      <c r="A40" t="s" s="3">
         <v>38</v>
       </c>
-      <c r="B40" s="11"/>
-[...5 lines deleted...]
-      <c r="A41" s="13" t="s">
+    </row>
+    <row r="41" spans="1:5" ht="52" customHeight="1">
+      <c r="A41" t="s" s="3">
         <v>39</v>
       </c>
-      <c r="B41" s="11"/>
-[...5 lines deleted...]
-      <c r="A42" s="13" t="s">
+    </row>
+    <row r="42" spans="1:5" ht="55" customHeight="1">
+      <c r="A42" t="s" s="3">
         <v>40</v>
       </c>
-      <c r="B42" s="11"/>
-[...5 lines deleted...]
-      <c r="A43" s="13" t="s">
+    </row>
+    <row r="43" spans="1:5" ht="35" customHeight="1">
+      <c r="A43" t="s" s="3">
         <v>41</v>
       </c>
-      <c r="B43" s="11"/>
-[...5 lines deleted...]
-      <c r="A44" s="13" t="s">
+    </row>
+    <row r="44" spans="1:5" ht="40" customHeight="1">
+      <c r="A44" t="s" s="3">
         <v>42</v>
       </c>
-      <c r="B44" s="11"/>
-[...5 lines deleted...]
-      <c r="A45" s="13" t="s">
+    </row>
+    <row r="45" spans="1:5" ht="35" customHeight="1">
+      <c r="A45" t="s" s="3">
         <v>43</v>
       </c>
-      <c r="B45" s="11"/>
-[...5 lines deleted...]
-      <c r="A46" s="13" t="s">
+    </row>
+    <row r="46" spans="1:5" ht="37" customHeight="1">
+      <c r="A46" t="s" s="3">
         <v>44</v>
       </c>
-      <c r="B46" s="11"/>
-[...5 lines deleted...]
-      <c r="A47" s="13" t="s">
+    </row>
+    <row r="47" spans="1:5" ht="40" customHeight="1">
+      <c r="A47" t="s" s="3">
         <v>45</v>
       </c>
-      <c r="B47" s="11"/>
-[...5 lines deleted...]
-      <c r="A48" s="13" t="s">
+    </row>
+    <row r="48" spans="1:5">
+      <c r="A48" t="s" s="3">
         <v>46</v>
       </c>
-      <c r="B48" s="11"/>
-[...2 lines deleted...]
-      <c r="E48" s="11"/>
     </row>
   </sheetData>
   <mergeCells count="32">
-    <mergeCell ref="A47:E47"/>
-    <mergeCell ref="A48:E48"/>
+    <mergeCell ref="A1:E1"/>
+    <mergeCell ref="A2:E2"/>
+    <mergeCell ref="A3:E3"/>
+    <mergeCell ref="A4:E4"/>
+    <mergeCell ref="A5:E5"/>
+    <mergeCell ref="A6:E6"/>
+    <mergeCell ref="A7:E7"/>
+    <mergeCell ref="A8:E8"/>
+    <mergeCell ref="A9:E9"/>
+    <mergeCell ref="B10:E10"/>
+    <mergeCell ref="B11:E11"/>
+    <mergeCell ref="B12:E12"/>
+    <mergeCell ref="B13:E13"/>
+    <mergeCell ref="A14:E14"/>
+    <mergeCell ref="A15:E15"/>
+    <mergeCell ref="A16:A17"/>
+    <mergeCell ref="B16:B17"/>
+    <mergeCell ref="C16:C17"/>
+    <mergeCell ref="D16:D17"/>
+    <mergeCell ref="E16:E17"/>
+    <mergeCell ref="A37:E37"/>
+    <mergeCell ref="A38:E38"/>
+    <mergeCell ref="A39:E39"/>
+    <mergeCell ref="A40:E40"/>
+    <mergeCell ref="A41:E41"/>
     <mergeCell ref="A42:E42"/>
     <mergeCell ref="A43:E43"/>
     <mergeCell ref="A44:E44"/>
     <mergeCell ref="A45:E45"/>
     <mergeCell ref="A46:E46"/>
+    <mergeCell ref="A47:E47"/>
+    <mergeCell ref="A48:E48"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <dimension ref="A1:E48"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="57" customWidth="1"/>
+    <col min="2" max="2" width="21" customWidth="1"/>
+    <col min="3" max="3" width="9" customWidth="1"/>
+    <col min="4" max="4" width="21" customWidth="1"/>
+    <col min="5" max="5" width="9" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:5">
+      <c r="A1" t="s" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="2" spans="1:5">
+      <c r="A2" t="s" s="2">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="3" spans="1:5">
+      <c r="A3" t="s" s="2">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="4" spans="1:5">
+      <c r="A4" t="s" s="2">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="5" spans="1:5">
+      <c r="A5" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="6" spans="1:5">
+      <c r="A6" t="s" s="4">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="7" spans="1:5">
+      <c r="A7" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="8" spans="1:5">
+      <c r="A8" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="9" spans="1:5">
+      <c r="A9" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="10" spans="1:5">
+      <c r="A10" t="s" s="2">
+        <v>6</v>
+      </c>
+      <c r="B10" t="s" s="2">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="11" spans="1:5">
+      <c r="A11" t="s" s="2">
+        <v>8</v>
+      </c>
+      <c r="B11" t="s" s="2">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="12" spans="1:5">
+      <c r="A12" t="s" s="2">
+        <v>10</v>
+      </c>
+      <c r="B12" t="s" s="2">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="13" spans="1:5">
+      <c r="A13" t="s" s="2">
+        <v>12</v>
+      </c>
+      <c r="B13" t="s" s="2">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="14" spans="1:5">
+      <c r="A14" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="15" spans="1:5">
+      <c r="A15" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="16" spans="1:5">
+      <c r="A16" t="s" s="5">
+        <v>14</v>
+      </c>
+      <c r="B16" t="s" s="5">
+        <v>15</v>
+      </c>
+      <c r="C16" t="s" s="6">
+        <v>16</v>
+      </c>
+      <c r="D16" t="s" s="5">
+        <v>17</v>
+      </c>
+      <c r="E16" t="s" s="6">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="18" spans="1:5">
+      <c r="A18" t="s" s="2">
+        <v>18</v>
+      </c>
+      <c r="B18" s="8">
+        <v/>
+      </c>
+      <c r="C18" s="9">
+        <v/>
+      </c>
+      <c r="D18" s="8">
+        <v/>
+      </c>
+      <c r="E18" s="9">
+        <v/>
+      </c>
+    </row>
+    <row r="19" spans="1:5">
+      <c r="A19" t="s" s="2">
+        <v>19</v>
+      </c>
+      <c r="B19" s="8">
+        <v>38604850</v>
+      </c>
+      <c r="C19" s="9">
+        <v>.326</v>
+      </c>
+      <c r="D19" s="8">
+        <v>51157326822.64</v>
+      </c>
+      <c r="E19" s="9">
+        <v>.962</v>
+      </c>
+    </row>
+    <row r="20" spans="1:5">
+      <c r="A20" t="s" s="3">
+        <v>20</v>
+      </c>
+      <c r="B20" s="10">
+        <v>36170337</v>
+      </c>
+      <c r="C20" s="11">
+        <v>.937</v>
+      </c>
+      <c r="D20" s="10">
+        <v>49994748249.23</v>
+      </c>
+      <c r="E20" s="11">
+        <v>.977</v>
+      </c>
+    </row>
+    <row r="21" spans="1:5">
+      <c r="A21" t="s" s="3">
+        <v>21</v>
+      </c>
+      <c r="B21" s="10">
+        <v>2434513</v>
+      </c>
+      <c r="C21" s="11">
+        <v>.063</v>
+      </c>
+      <c r="D21" s="10">
+        <v>1162578573.41</v>
+      </c>
+      <c r="E21" s="11">
+        <v>.023</v>
+      </c>
+    </row>
+    <row r="22" spans="1:5">
+      <c r="A22" t="s" s="2">
+        <v>22</v>
+      </c>
+      <c r="B22" s="8">
+        <v>813503</v>
+      </c>
+      <c r="C22" s="9">
+        <v>.007</v>
+      </c>
+      <c r="D22" s="8">
+        <v>43876115</v>
+      </c>
+      <c r="E22" s="9">
+        <v>.001</v>
+      </c>
+    </row>
+    <row r="23" spans="1:5">
+      <c r="A23" t="s" s="2">
+        <v>23</v>
+      </c>
+      <c r="B23" s="8">
+        <v>1806704</v>
+      </c>
+      <c r="C23" s="9">
+        <v>.015</v>
+      </c>
+      <c r="D23" s="8">
+        <v>205619092</v>
+      </c>
+      <c r="E23" s="9">
+        <v>.004</v>
+      </c>
+    </row>
+    <row r="24" spans="1:5">
+      <c r="A24" t="s" s="2">
+        <v>24</v>
+      </c>
+      <c r="B24" s="8">
+        <v>16403480</v>
+      </c>
+      <c r="C24" s="9">
+        <v>.139</v>
+      </c>
+      <c r="D24" s="8">
+        <v>41721308.82</v>
+      </c>
+      <c r="E24" s="9">
+        <v>.001</v>
+      </c>
+    </row>
+    <row r="25" spans="1:5">
+      <c r="A25" t="s" s="2">
+        <v>25</v>
+      </c>
+      <c r="B25" s="8">
+        <v>60679037</v>
+      </c>
+      <c r="C25" s="9">
+        <v>.513</v>
+      </c>
+      <c r="D25" s="8">
+        <v>1753869516</v>
+      </c>
+      <c r="E25" s="9">
+        <v>.033</v>
+      </c>
+    </row>
+    <row r="26" spans="1:5">
+      <c r="A26" t="s" s="3">
+        <v>26</v>
+      </c>
+      <c r="B26" s="10">
+        <v>53163153</v>
+      </c>
+      <c r="C26" s="11">
+        <v>.876</v>
+      </c>
+      <c r="D26" s="10">
+        <v>1441038678</v>
+      </c>
+      <c r="E26" s="11">
+        <v>.822</v>
+      </c>
+    </row>
+    <row r="27" spans="1:5">
+      <c r="A27" t="s" s="3">
+        <v>27</v>
+      </c>
+      <c r="B27" s="10">
+        <v>7515884</v>
+      </c>
+      <c r="C27" s="11">
+        <v>.124</v>
+      </c>
+      <c r="D27" s="10">
+        <v>312830838</v>
+      </c>
+      <c r="E27" s="11">
+        <v>.178</v>
+      </c>
+    </row>
+    <row r="28" spans="1:5">
+      <c r="A28" t="s" s="2">
+        <v>28</v>
+      </c>
+      <c r="B28" s="8">
+        <v/>
+      </c>
+      <c r="C28" s="9">
+        <v/>
+      </c>
+      <c r="D28" s="8">
+        <v/>
+      </c>
+      <c r="E28" s="9">
+        <v/>
+      </c>
+    </row>
+    <row r="29" spans="1:5">
+      <c r="A29" t="s" s="2">
+        <v>29</v>
+      </c>
+      <c r="B29" s="8">
+        <v>118307574</v>
+      </c>
+      <c r="C29" s="9">
+        <v>1</v>
+      </c>
+      <c r="D29" s="8">
+        <v>53202412854.46</v>
+      </c>
+      <c r="E29" s="9">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="30" spans="1:5">
+      <c r="A30" t="s" s="2">
+        <v>30</v>
+      </c>
+      <c r="B30" s="8">
+        <v/>
+      </c>
+      <c r="C30" s="9">
+        <v/>
+      </c>
+      <c r="D30" s="8">
+        <v/>
+      </c>
+      <c r="E30" s="9">
+        <v/>
+      </c>
+    </row>
+    <row r="31" spans="1:5">
+      <c r="A31" t="s" s="2">
+        <v>31</v>
+      </c>
+      <c r="B31" s="8">
+        <v>633864</v>
+      </c>
+      <c r="C31" s="9">
+        <v>.022</v>
+      </c>
+      <c r="D31" s="8">
+        <v>6480626658.77</v>
+      </c>
+      <c r="E31" s="9">
+        <v>.462</v>
+      </c>
+    </row>
+    <row r="32" spans="1:5">
+      <c r="A32" t="s" s="2">
+        <v>32</v>
+      </c>
+      <c r="B32" s="8">
+        <v>1584610</v>
+      </c>
+      <c r="C32" s="9">
+        <v>.054</v>
+      </c>
+      <c r="D32" s="8">
+        <v>6294947222.95</v>
+      </c>
+      <c r="E32" s="9">
+        <v>.448</v>
+      </c>
+    </row>
+    <row r="33" spans="1:5">
+      <c r="A33" t="s" s="2">
+        <v>33</v>
+      </c>
+      <c r="B33" s="8">
+        <v>9801350</v>
+      </c>
+      <c r="C33" s="9">
+        <v>.337</v>
+      </c>
+      <c r="D33" s="8">
+        <v>533300482.69</v>
+      </c>
+      <c r="E33" s="9">
+        <v>.038</v>
+      </c>
+    </row>
+    <row r="34" spans="1:5">
+      <c r="A34" t="s" s="2">
+        <v>34</v>
+      </c>
+      <c r="B34" s="8">
+        <v>17104737</v>
+      </c>
+      <c r="C34" s="9">
+        <v>.587</v>
+      </c>
+      <c r="D34" s="8">
+        <v>728848583</v>
+      </c>
+      <c r="E34" s="9">
+        <v>.052</v>
+      </c>
+    </row>
+    <row r="35" spans="1:5">
+      <c r="A35" t="s" s="2">
+        <v>35</v>
+      </c>
+      <c r="B35" s="8">
+        <v>29124561</v>
+      </c>
+      <c r="C35" s="9">
+        <v>1</v>
+      </c>
+      <c r="D35" s="8">
+        <v>14037722947.41</v>
+      </c>
+      <c r="E35" s="9">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="36" spans="1:5">
+      <c r="A36" t="s" s="7">
+        <v>36</v>
+      </c>
+      <c r="B36" s="12">
+        <v>147432135</v>
+      </c>
+      <c r="C36" s="13">
+        <v/>
+      </c>
+      <c r="D36" s="12">
+        <v>67240135801.87</v>
+      </c>
+      <c r="E36" s="13">
+        <v/>
+      </c>
+    </row>
+    <row r="37" spans="1:5">
+      <c r="A37" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="38" spans="1:5">
+      <c r="A38" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="39" spans="1:5" ht="28" customHeight="1">
+      <c r="A39" t="s" s="3">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="40" spans="1:5" ht="35" customHeight="1">
+      <c r="A40" t="s" s="3">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="41" spans="1:5" ht="52" customHeight="1">
+      <c r="A41" t="s" s="3">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="42" spans="1:5" ht="55" customHeight="1">
+      <c r="A42" t="s" s="3">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="43" spans="1:5" ht="35" customHeight="1">
+      <c r="A43" t="s" s="3">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="44" spans="1:5" ht="40" customHeight="1">
+      <c r="A44" t="s" s="3">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="45" spans="1:5" ht="35" customHeight="1">
+      <c r="A45" t="s" s="3">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="46" spans="1:5" ht="37" customHeight="1">
+      <c r="A46" t="s" s="3">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="47" spans="1:5" ht="40" customHeight="1">
+      <c r="A47" t="s" s="3">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="48" spans="1:5">
+      <c r="A48" t="s" s="3">
+        <v>46</v>
+      </c>
+    </row>
+  </sheetData>
+  <mergeCells count="32">
+    <mergeCell ref="A1:E1"/>
+    <mergeCell ref="A2:E2"/>
+    <mergeCell ref="A3:E3"/>
+    <mergeCell ref="A4:E4"/>
+    <mergeCell ref="A5:E5"/>
+    <mergeCell ref="A6:E6"/>
+    <mergeCell ref="A7:E7"/>
+    <mergeCell ref="A8:E8"/>
+    <mergeCell ref="A9:E9"/>
+    <mergeCell ref="B10:E10"/>
+    <mergeCell ref="B11:E11"/>
+    <mergeCell ref="B12:E12"/>
+    <mergeCell ref="B13:E13"/>
+    <mergeCell ref="A14:E14"/>
+    <mergeCell ref="A15:E15"/>
+    <mergeCell ref="A16:A17"/>
+    <mergeCell ref="B16:B17"/>
+    <mergeCell ref="C16:C17"/>
+    <mergeCell ref="D16:D17"/>
+    <mergeCell ref="E16:E17"/>
     <mergeCell ref="A37:E37"/>
     <mergeCell ref="A38:E38"/>
     <mergeCell ref="A39:E39"/>
     <mergeCell ref="A40:E40"/>
     <mergeCell ref="A41:E41"/>
+    <mergeCell ref="A42:E42"/>
+    <mergeCell ref="A43:E43"/>
+    <mergeCell ref="A44:E44"/>
+    <mergeCell ref="A45:E45"/>
+    <mergeCell ref="A46:E46"/>
+    <mergeCell ref="A47:E47"/>
+    <mergeCell ref="A48:E48"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <dimension ref="A1:E48"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="57" customWidth="1"/>
+    <col min="2" max="2" width="21" customWidth="1"/>
+    <col min="3" max="3" width="9" customWidth="1"/>
+    <col min="4" max="4" width="21" customWidth="1"/>
+    <col min="5" max="5" width="9" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:5">
+      <c r="A1" t="s" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="2" spans="1:5">
+      <c r="A2" t="s" s="2">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="3" spans="1:5">
+      <c r="A3" t="s" s="2">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="4" spans="1:5">
+      <c r="A4" t="s" s="2">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="5" spans="1:5">
+      <c r="A5" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="6" spans="1:5">
+      <c r="A6" t="s" s="4">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="7" spans="1:5">
+      <c r="A7" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="8" spans="1:5">
+      <c r="A8" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="9" spans="1:5">
+      <c r="A9" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="10" spans="1:5">
+      <c r="A10" t="s" s="2">
+        <v>6</v>
+      </c>
+      <c r="B10" t="s" s="2">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="11" spans="1:5">
+      <c r="A11" t="s" s="2">
+        <v>8</v>
+      </c>
+      <c r="B11" t="s" s="2">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="12" spans="1:5">
+      <c r="A12" t="s" s="2">
+        <v>10</v>
+      </c>
+      <c r="B12" t="s" s="2">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="13" spans="1:5">
+      <c r="A13" t="s" s="2">
+        <v>12</v>
+      </c>
+      <c r="B13" t="s" s="2">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="14" spans="1:5">
+      <c r="A14" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="15" spans="1:5">
+      <c r="A15" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="16" spans="1:5">
+      <c r="A16" t="s" s="5">
+        <v>14</v>
+      </c>
+      <c r="B16" t="s" s="5">
+        <v>15</v>
+      </c>
+      <c r="C16" t="s" s="6">
+        <v>16</v>
+      </c>
+      <c r="D16" t="s" s="5">
+        <v>17</v>
+      </c>
+      <c r="E16" t="s" s="6">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="18" spans="1:5">
+      <c r="A18" t="s" s="2">
+        <v>18</v>
+      </c>
+      <c r="B18" s="8">
+        <v/>
+      </c>
+      <c r="C18" s="9">
+        <v/>
+      </c>
+      <c r="D18" s="8">
+        <v/>
+      </c>
+      <c r="E18" s="9">
+        <v/>
+      </c>
+    </row>
+    <row r="19" spans="1:5">
+      <c r="A19" t="s" s="2">
+        <v>19</v>
+      </c>
+      <c r="B19" s="8">
+        <v>38876414</v>
+      </c>
+      <c r="C19" s="9">
+        <v>.327</v>
+      </c>
+      <c r="D19" s="8">
+        <v>51872794549.26</v>
+      </c>
+      <c r="E19" s="9">
+        <v>.961</v>
+      </c>
+    </row>
+    <row r="20" spans="1:5">
+      <c r="A20" t="s" s="3">
+        <v>20</v>
+      </c>
+      <c r="B20" s="10">
+        <v>36425736</v>
+      </c>
+      <c r="C20" s="11">
+        <v>.937</v>
+      </c>
+      <c r="D20" s="10">
+        <v>50703798604.62</v>
+      </c>
+      <c r="E20" s="11">
+        <v>.977</v>
+      </c>
+    </row>
+    <row r="21" spans="1:5">
+      <c r="A21" t="s" s="3">
+        <v>21</v>
+      </c>
+      <c r="B21" s="10">
+        <v>2450678</v>
+      </c>
+      <c r="C21" s="11">
+        <v>.063</v>
+      </c>
+      <c r="D21" s="10">
+        <v>1168995944.64</v>
+      </c>
+      <c r="E21" s="11">
+        <v>.023</v>
+      </c>
+    </row>
+    <row r="22" spans="1:5">
+      <c r="A22" t="s" s="2">
+        <v>22</v>
+      </c>
+      <c r="B22" s="8">
+        <v>891724</v>
+      </c>
+      <c r="C22" s="9">
+        <v>.007</v>
+      </c>
+      <c r="D22" s="8">
+        <v>50156553</v>
+      </c>
+      <c r="E22" s="9">
+        <v>.001</v>
+      </c>
+    </row>
+    <row r="23" spans="1:5">
+      <c r="A23" t="s" s="2">
+        <v>23</v>
+      </c>
+      <c r="B23" s="8">
+        <v>1798715</v>
+      </c>
+      <c r="C23" s="9">
+        <v>.015</v>
+      </c>
+      <c r="D23" s="8">
+        <v>199598238</v>
+      </c>
+      <c r="E23" s="9">
+        <v>.004</v>
+      </c>
+    </row>
+    <row r="24" spans="1:5">
+      <c r="A24" t="s" s="2">
+        <v>24</v>
+      </c>
+      <c r="B24" s="8">
+        <v>15284323</v>
+      </c>
+      <c r="C24" s="9">
+        <v>.128</v>
+      </c>
+      <c r="D24" s="8">
+        <v>48653313.06</v>
+      </c>
+      <c r="E24" s="9">
+        <v>.001</v>
+      </c>
+    </row>
+    <row r="25" spans="1:5">
+      <c r="A25" t="s" s="2">
+        <v>25</v>
+      </c>
+      <c r="B25" s="8">
+        <v>62119048</v>
+      </c>
+      <c r="C25" s="9">
+        <v>.522</v>
+      </c>
+      <c r="D25" s="8">
+        <v>1798844819</v>
+      </c>
+      <c r="E25" s="9">
+        <v>.033</v>
+      </c>
+    </row>
+    <row r="26" spans="1:5">
+      <c r="A26" t="s" s="3">
+        <v>26</v>
+      </c>
+      <c r="B26" s="10">
+        <v>54370504</v>
+      </c>
+      <c r="C26" s="11">
+        <v>.875</v>
+      </c>
+      <c r="D26" s="10">
+        <v>1482153072</v>
+      </c>
+      <c r="E26" s="11">
+        <v>.824</v>
+      </c>
+    </row>
+    <row r="27" spans="1:5">
+      <c r="A27" t="s" s="3">
+        <v>27</v>
+      </c>
+      <c r="B27" s="10">
+        <v>7748544</v>
+      </c>
+      <c r="C27" s="11">
+        <v>.125</v>
+      </c>
+      <c r="D27" s="10">
+        <v>316691747</v>
+      </c>
+      <c r="E27" s="11">
+        <v>.176</v>
+      </c>
+    </row>
+    <row r="28" spans="1:5">
+      <c r="A28" t="s" s="2">
+        <v>28</v>
+      </c>
+      <c r="B28" s="8">
+        <v/>
+      </c>
+      <c r="C28" s="9">
+        <v/>
+      </c>
+      <c r="D28" s="8">
+        <v/>
+      </c>
+      <c r="E28" s="9">
+        <v/>
+      </c>
+    </row>
+    <row r="29" spans="1:5">
+      <c r="A29" t="s" s="2">
+        <v>29</v>
+      </c>
+      <c r="B29" s="8">
+        <v>118970224</v>
+      </c>
+      <c r="C29" s="9">
+        <v>1</v>
+      </c>
+      <c r="D29" s="8">
+        <v>53970047472.32</v>
+      </c>
+      <c r="E29" s="9">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="30" spans="1:5">
+      <c r="A30" t="s" s="2">
+        <v>30</v>
+      </c>
+      <c r="B30" s="8">
+        <v/>
+      </c>
+      <c r="C30" s="9">
+        <v/>
+      </c>
+      <c r="D30" s="8">
+        <v/>
+      </c>
+      <c r="E30" s="9">
+        <v/>
+      </c>
+    </row>
+    <row r="31" spans="1:5">
+      <c r="A31" t="s" s="2">
+        <v>31</v>
+      </c>
+      <c r="B31" s="8">
+        <v>673931</v>
+      </c>
+      <c r="C31" s="9">
+        <v>.017</v>
+      </c>
+      <c r="D31" s="8">
+        <v>6543037143.87</v>
+      </c>
+      <c r="E31" s="9">
+        <v>.428</v>
+      </c>
+    </row>
+    <row r="32" spans="1:5">
+      <c r="A32" t="s" s="2">
+        <v>32</v>
+      </c>
+      <c r="B32" s="8">
+        <v>1806109</v>
+      </c>
+      <c r="C32" s="9">
+        <v>.046</v>
+      </c>
+      <c r="D32" s="8">
+        <v>7070427628.18</v>
+      </c>
+      <c r="E32" s="9">
+        <v>.462</v>
+      </c>
+    </row>
+    <row r="33" spans="1:5">
+      <c r="A33" t="s" s="2">
+        <v>33</v>
+      </c>
+      <c r="B33" s="8">
+        <v>9677443</v>
+      </c>
+      <c r="C33" s="9">
+        <v>.246</v>
+      </c>
+      <c r="D33" s="8">
+        <v>542894878.15</v>
+      </c>
+      <c r="E33" s="9">
+        <v>.035</v>
+      </c>
+    </row>
+    <row r="34" spans="1:5">
+      <c r="A34" t="s" s="2">
+        <v>34</v>
+      </c>
+      <c r="B34" s="8">
+        <v>27114281</v>
+      </c>
+      <c r="C34" s="9">
+        <v>.69</v>
+      </c>
+      <c r="D34" s="8">
+        <v>1139656642</v>
+      </c>
+      <c r="E34" s="9">
+        <v>.075</v>
+      </c>
+    </row>
+    <row r="35" spans="1:5">
+      <c r="A35" t="s" s="2">
+        <v>35</v>
+      </c>
+      <c r="B35" s="8">
+        <v>39271764</v>
+      </c>
+      <c r="C35" s="9">
+        <v>1</v>
+      </c>
+      <c r="D35" s="8">
+        <v>15296016292.2</v>
+      </c>
+      <c r="E35" s="9">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="36" spans="1:5">
+      <c r="A36" t="s" s="7">
+        <v>36</v>
+      </c>
+      <c r="B36" s="12">
+        <v>158241988</v>
+      </c>
+      <c r="C36" s="13">
+        <v/>
+      </c>
+      <c r="D36" s="12">
+        <v>69266063764.52</v>
+      </c>
+      <c r="E36" s="13">
+        <v/>
+      </c>
+    </row>
+    <row r="37" spans="1:5">
+      <c r="A37" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="38" spans="1:5">
+      <c r="A38" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="39" spans="1:5" ht="28" customHeight="1">
+      <c r="A39" t="s" s="3">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="40" spans="1:5" ht="35" customHeight="1">
+      <c r="A40" t="s" s="3">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="41" spans="1:5" ht="52" customHeight="1">
+      <c r="A41" t="s" s="3">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="42" spans="1:5" ht="55" customHeight="1">
+      <c r="A42" t="s" s="3">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="43" spans="1:5" ht="35" customHeight="1">
+      <c r="A43" t="s" s="3">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="44" spans="1:5" ht="40" customHeight="1">
+      <c r="A44" t="s" s="3">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="45" spans="1:5" ht="35" customHeight="1">
+      <c r="A45" t="s" s="3">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="46" spans="1:5" ht="37" customHeight="1">
+      <c r="A46" t="s" s="3">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="47" spans="1:5" ht="40" customHeight="1">
+      <c r="A47" t="s" s="3">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="48" spans="1:5">
+      <c r="A48" t="s" s="3">
+        <v>46</v>
+      </c>
+    </row>
+  </sheetData>
+  <mergeCells count="32">
+    <mergeCell ref="A1:E1"/>
+    <mergeCell ref="A2:E2"/>
+    <mergeCell ref="A3:E3"/>
+    <mergeCell ref="A4:E4"/>
+    <mergeCell ref="A5:E5"/>
+    <mergeCell ref="A6:E6"/>
+    <mergeCell ref="A7:E7"/>
+    <mergeCell ref="A8:E8"/>
+    <mergeCell ref="A9:E9"/>
+    <mergeCell ref="B10:E10"/>
+    <mergeCell ref="B11:E11"/>
+    <mergeCell ref="B12:E12"/>
+    <mergeCell ref="B13:E13"/>
+    <mergeCell ref="A14:E14"/>
+    <mergeCell ref="A15:E15"/>
     <mergeCell ref="A16:A17"/>
     <mergeCell ref="B16:B17"/>
     <mergeCell ref="C16:C17"/>
     <mergeCell ref="D16:D17"/>
     <mergeCell ref="E16:E17"/>
+    <mergeCell ref="A37:E37"/>
+    <mergeCell ref="A38:E38"/>
+    <mergeCell ref="A39:E39"/>
+    <mergeCell ref="A40:E40"/>
+    <mergeCell ref="A41:E41"/>
+    <mergeCell ref="A42:E42"/>
+    <mergeCell ref="A43:E43"/>
+    <mergeCell ref="A44:E44"/>
+    <mergeCell ref="A45:E45"/>
+    <mergeCell ref="A46:E46"/>
+    <mergeCell ref="A47:E47"/>
+    <mergeCell ref="A48:E48"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <dimension ref="A1:E48"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="57" customWidth="1"/>
+    <col min="2" max="2" width="21" customWidth="1"/>
+    <col min="3" max="3" width="9" customWidth="1"/>
+    <col min="4" max="4" width="21" customWidth="1"/>
+    <col min="5" max="5" width="9" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:5">
+      <c r="A1" t="s" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="2" spans="1:5">
+      <c r="A2" t="s" s="2">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="3" spans="1:5">
+      <c r="A3" t="s" s="2">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="4" spans="1:5">
+      <c r="A4" t="s" s="2">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="5" spans="1:5">
+      <c r="A5" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="6" spans="1:5">
+      <c r="A6" t="s" s="4">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="7" spans="1:5">
+      <c r="A7" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="8" spans="1:5">
+      <c r="A8" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="9" spans="1:5">
+      <c r="A9" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="10" spans="1:5">
+      <c r="A10" t="s" s="2">
+        <v>6</v>
+      </c>
+      <c r="B10" t="s" s="2">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="11" spans="1:5">
+      <c r="A11" t="s" s="2">
+        <v>8</v>
+      </c>
+      <c r="B11" t="s" s="2">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="12" spans="1:5">
+      <c r="A12" t="s" s="2">
+        <v>10</v>
+      </c>
+      <c r="B12" t="s" s="2">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="13" spans="1:5">
+      <c r="A13" t="s" s="2">
+        <v>12</v>
+      </c>
+      <c r="B13" t="s" s="2">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="14" spans="1:5">
+      <c r="A14" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="15" spans="1:5">
+      <c r="A15" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="16" spans="1:5">
+      <c r="A16" t="s" s="5">
+        <v>14</v>
+      </c>
+      <c r="B16" t="s" s="5">
+        <v>15</v>
+      </c>
+      <c r="C16" t="s" s="6">
+        <v>16</v>
+      </c>
+      <c r="D16" t="s" s="5">
+        <v>17</v>
+      </c>
+      <c r="E16" t="s" s="6">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="18" spans="1:5">
+      <c r="A18" t="s" s="2">
+        <v>18</v>
+      </c>
+      <c r="B18" s="8">
+        <v/>
+      </c>
+      <c r="C18" s="9">
+        <v/>
+      </c>
+      <c r="D18" s="8">
+        <v/>
+      </c>
+      <c r="E18" s="9">
+        <v/>
+      </c>
+    </row>
+    <row r="19" spans="1:5">
+      <c r="A19" t="s" s="2">
+        <v>19</v>
+      </c>
+      <c r="B19" s="8">
+        <v>35098123</v>
+      </c>
+      <c r="C19" s="9">
+        <v>.319</v>
+      </c>
+      <c r="D19" s="8">
+        <v>41619447840.27</v>
+      </c>
+      <c r="E19" s="9">
+        <v>.954</v>
+      </c>
+    </row>
+    <row r="20" spans="1:5">
+      <c r="A20" t="s" s="3">
+        <v>20</v>
+      </c>
+      <c r="B20" s="10">
+        <v>32695912</v>
+      </c>
+      <c r="C20" s="11">
+        <v>.932</v>
+      </c>
+      <c r="D20" s="10">
+        <v>40535972246.78</v>
+      </c>
+      <c r="E20" s="11">
+        <v>.974</v>
+      </c>
+    </row>
+    <row r="21" spans="1:5">
+      <c r="A21" t="s" s="3">
+        <v>21</v>
+      </c>
+      <c r="B21" s="10">
+        <v>2402211</v>
+      </c>
+      <c r="C21" s="11">
+        <v>.068</v>
+      </c>
+      <c r="D21" s="10">
+        <v>1083475593.49</v>
+      </c>
+      <c r="E21" s="11">
+        <v>.026</v>
+      </c>
+    </row>
+    <row r="22" spans="1:5">
+      <c r="A22" t="s" s="2">
+        <v>22</v>
+      </c>
+      <c r="B22" s="8">
+        <v>822426</v>
+      </c>
+      <c r="C22" s="9">
+        <v>.007</v>
+      </c>
+      <c r="D22" s="8">
+        <v>48952198</v>
+      </c>
+      <c r="E22" s="9">
+        <v>.001</v>
+      </c>
+    </row>
+    <row r="23" spans="1:5">
+      <c r="A23" t="s" s="2">
+        <v>23</v>
+      </c>
+      <c r="B23" s="8">
+        <v>1782342</v>
+      </c>
+      <c r="C23" s="9">
+        <v>.016</v>
+      </c>
+      <c r="D23" s="8">
+        <v>196926696</v>
+      </c>
+      <c r="E23" s="9">
+        <v>.005</v>
+      </c>
+    </row>
+    <row r="24" spans="1:5">
+      <c r="A24" t="s" s="2">
+        <v>24</v>
+      </c>
+      <c r="B24" s="8">
+        <v>14309032</v>
+      </c>
+      <c r="C24" s="9">
+        <v>.13</v>
+      </c>
+      <c r="D24" s="8">
+        <v>42011001.54</v>
+      </c>
+      <c r="E24" s="9">
+        <v>.001</v>
+      </c>
+    </row>
+    <row r="25" spans="1:5">
+      <c r="A25" t="s" s="2">
+        <v>25</v>
+      </c>
+      <c r="B25" s="8">
+        <v>58072827</v>
+      </c>
+      <c r="C25" s="9">
+        <v>.528</v>
+      </c>
+      <c r="D25" s="8">
+        <v>1708544337</v>
+      </c>
+      <c r="E25" s="9">
+        <v>.039</v>
+      </c>
+    </row>
+    <row r="26" spans="1:5">
+      <c r="A26" t="s" s="3">
+        <v>26</v>
+      </c>
+      <c r="B26" s="10">
+        <v>50936071</v>
+      </c>
+      <c r="C26" s="11">
+        <v>.877</v>
+      </c>
+      <c r="D26" s="10">
+        <v>1420400105</v>
+      </c>
+      <c r="E26" s="11">
+        <v>.831</v>
+      </c>
+    </row>
+    <row r="27" spans="1:5">
+      <c r="A27" t="s" s="3">
+        <v>27</v>
+      </c>
+      <c r="B27" s="10">
+        <v>7136756</v>
+      </c>
+      <c r="C27" s="11">
+        <v>.123</v>
+      </c>
+      <c r="D27" s="10">
+        <v>288144232</v>
+      </c>
+      <c r="E27" s="11">
+        <v>.169</v>
+      </c>
+    </row>
+    <row r="28" spans="1:5">
+      <c r="A28" t="s" s="2">
+        <v>28</v>
+      </c>
+      <c r="B28" s="8">
+        <v/>
+      </c>
+      <c r="C28" s="9">
+        <v/>
+      </c>
+      <c r="D28" s="8">
+        <v/>
+      </c>
+      <c r="E28" s="9">
+        <v/>
+      </c>
+    </row>
+    <row r="29" spans="1:5">
+      <c r="A29" t="s" s="2">
+        <v>29</v>
+      </c>
+      <c r="B29" s="8">
+        <v>110084750</v>
+      </c>
+      <c r="C29" s="9">
+        <v>1</v>
+      </c>
+      <c r="D29" s="8">
+        <v>43615882072.81</v>
+      </c>
+      <c r="E29" s="9">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="30" spans="1:5">
+      <c r="A30" t="s" s="2">
+        <v>30</v>
+      </c>
+      <c r="B30" s="8">
+        <v/>
+      </c>
+      <c r="C30" s="9">
+        <v/>
+      </c>
+      <c r="D30" s="8">
+        <v/>
+      </c>
+      <c r="E30" s="9">
+        <v/>
+      </c>
+    </row>
+    <row r="31" spans="1:5">
+      <c r="A31" t="s" s="2">
+        <v>31</v>
+      </c>
+      <c r="B31" s="8">
+        <v>592495</v>
+      </c>
+      <c r="C31" s="9">
+        <v>.015</v>
+      </c>
+      <c r="D31" s="8">
+        <v>5074569321.29</v>
+      </c>
+      <c r="E31" s="9">
+        <v>.396</v>
+      </c>
+    </row>
+    <row r="32" spans="1:5">
+      <c r="A32" t="s" s="2">
+        <v>32</v>
+      </c>
+      <c r="B32" s="8">
+        <v>1677867</v>
+      </c>
+      <c r="C32" s="9">
+        <v>.041</v>
+      </c>
+      <c r="D32" s="8">
+        <v>5974784477.9</v>
+      </c>
+      <c r="E32" s="9">
+        <v>.466</v>
+      </c>
+    </row>
+    <row r="33" spans="1:5">
+      <c r="A33" t="s" s="2">
+        <v>33</v>
+      </c>
+      <c r="B33" s="8">
+        <v>9900964</v>
+      </c>
+      <c r="C33" s="9">
+        <v>.243</v>
+      </c>
+      <c r="D33" s="8">
+        <v>546505807.96</v>
+      </c>
+      <c r="E33" s="9">
+        <v>.043</v>
+      </c>
+    </row>
+    <row r="34" spans="1:5">
+      <c r="A34" t="s" s="2">
+        <v>34</v>
+      </c>
+      <c r="B34" s="8">
+        <v>28601747</v>
+      </c>
+      <c r="C34" s="9">
+        <v>.701</v>
+      </c>
+      <c r="D34" s="8">
+        <v>1221716569</v>
+      </c>
+      <c r="E34" s="9">
+        <v>.095</v>
+      </c>
+    </row>
+    <row r="35" spans="1:5">
+      <c r="A35" t="s" s="2">
+        <v>35</v>
+      </c>
+      <c r="B35" s="8">
+        <v>40773073</v>
+      </c>
+      <c r="C35" s="9">
+        <v>1</v>
+      </c>
+      <c r="D35" s="8">
+        <v>12817576176.15</v>
+      </c>
+      <c r="E35" s="9">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="36" spans="1:5">
+      <c r="A36" t="s" s="7">
+        <v>36</v>
+      </c>
+      <c r="B36" s="12">
+        <v>150857823</v>
+      </c>
+      <c r="C36" s="13">
+        <v/>
+      </c>
+      <c r="D36" s="12">
+        <v>56433458248.96</v>
+      </c>
+      <c r="E36" s="13">
+        <v/>
+      </c>
+    </row>
+    <row r="37" spans="1:5">
+      <c r="A37" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="38" spans="1:5">
+      <c r="A38" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="39" spans="1:5" ht="28" customHeight="1">
+      <c r="A39" t="s" s="3">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="40" spans="1:5" ht="35" customHeight="1">
+      <c r="A40" t="s" s="3">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="41" spans="1:5" ht="52" customHeight="1">
+      <c r="A41" t="s" s="3">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="42" spans="1:5" ht="55" customHeight="1">
+      <c r="A42" t="s" s="3">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="43" spans="1:5" ht="35" customHeight="1">
+      <c r="A43" t="s" s="3">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="44" spans="1:5" ht="40" customHeight="1">
+      <c r="A44" t="s" s="3">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="45" spans="1:5" ht="35" customHeight="1">
+      <c r="A45" t="s" s="3">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="46" spans="1:5" ht="37" customHeight="1">
+      <c r="A46" t="s" s="3">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="47" spans="1:5" ht="40" customHeight="1">
+      <c r="A47" t="s" s="3">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="48" spans="1:5">
+      <c r="A48" t="s" s="3">
+        <v>46</v>
+      </c>
+    </row>
+  </sheetData>
+  <mergeCells count="32">
+    <mergeCell ref="A1:E1"/>
+    <mergeCell ref="A2:E2"/>
+    <mergeCell ref="A3:E3"/>
+    <mergeCell ref="A4:E4"/>
+    <mergeCell ref="A5:E5"/>
+    <mergeCell ref="A6:E6"/>
+    <mergeCell ref="A7:E7"/>
+    <mergeCell ref="A8:E8"/>
+    <mergeCell ref="A9:E9"/>
+    <mergeCell ref="B10:E10"/>
     <mergeCell ref="B11:E11"/>
     <mergeCell ref="B12:E12"/>
     <mergeCell ref="B13:E13"/>
     <mergeCell ref="A14:E14"/>
     <mergeCell ref="A15:E15"/>
+    <mergeCell ref="A16:A17"/>
+    <mergeCell ref="B16:B17"/>
+    <mergeCell ref="C16:C17"/>
+    <mergeCell ref="D16:D17"/>
+    <mergeCell ref="E16:E17"/>
+    <mergeCell ref="A37:E37"/>
+    <mergeCell ref="A38:E38"/>
+    <mergeCell ref="A39:E39"/>
+    <mergeCell ref="A40:E40"/>
+    <mergeCell ref="A41:E41"/>
+    <mergeCell ref="A42:E42"/>
+    <mergeCell ref="A43:E43"/>
+    <mergeCell ref="A44:E44"/>
+    <mergeCell ref="A45:E45"/>
+    <mergeCell ref="A46:E46"/>
+    <mergeCell ref="A47:E47"/>
+    <mergeCell ref="A48:E48"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <dimension ref="A1:E48"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="57" customWidth="1"/>
+    <col min="2" max="2" width="21" customWidth="1"/>
+    <col min="3" max="3" width="9" customWidth="1"/>
+    <col min="4" max="4" width="21" customWidth="1"/>
+    <col min="5" max="5" width="9" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:5">
+      <c r="A1" t="s" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="2" spans="1:5">
+      <c r="A2" t="s" s="2">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="3" spans="1:5">
+      <c r="A3" t="s" s="2">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="4" spans="1:5">
+      <c r="A4" t="s" s="2">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="5" spans="1:5">
+      <c r="A5" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="6" spans="1:5">
+      <c r="A6" t="s" s="4">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="7" spans="1:5">
+      <c r="A7" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="8" spans="1:5">
+      <c r="A8" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="9" spans="1:5">
+      <c r="A9" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="10" spans="1:5">
+      <c r="A10" t="s" s="2">
+        <v>6</v>
+      </c>
+      <c r="B10" t="s" s="2">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="11" spans="1:5">
+      <c r="A11" t="s" s="2">
+        <v>8</v>
+      </c>
+      <c r="B11" t="s" s="2">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="12" spans="1:5">
+      <c r="A12" t="s" s="2">
+        <v>10</v>
+      </c>
+      <c r="B12" t="s" s="2">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="13" spans="1:5">
+      <c r="A13" t="s" s="2">
+        <v>12</v>
+      </c>
+      <c r="B13" t="s" s="2">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="14" spans="1:5">
+      <c r="A14" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="15" spans="1:5">
+      <c r="A15" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="16" spans="1:5">
+      <c r="A16" t="s" s="5">
+        <v>14</v>
+      </c>
+      <c r="B16" t="s" s="5">
+        <v>15</v>
+      </c>
+      <c r="C16" t="s" s="6">
+        <v>16</v>
+      </c>
+      <c r="D16" t="s" s="5">
+        <v>17</v>
+      </c>
+      <c r="E16" t="s" s="6">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="18" spans="1:5">
+      <c r="A18" t="s" s="2">
+        <v>18</v>
+      </c>
+      <c r="B18" s="8">
+        <v/>
+      </c>
+      <c r="C18" s="9">
+        <v/>
+      </c>
+      <c r="D18" s="8">
+        <v/>
+      </c>
+      <c r="E18" s="9">
+        <v/>
+      </c>
+    </row>
+    <row r="19" spans="1:5">
+      <c r="A19" t="s" s="2">
+        <v>19</v>
+      </c>
+      <c r="B19" s="8">
+        <v>39962288</v>
+      </c>
+      <c r="C19" s="9">
+        <v>.339</v>
+      </c>
+      <c r="D19" s="8">
+        <v>50233980278.5</v>
+      </c>
+      <c r="E19" s="9">
+        <v>.962</v>
+      </c>
+    </row>
+    <row r="20" spans="1:5">
+      <c r="A20" t="s" s="3">
+        <v>20</v>
+      </c>
+      <c r="B20" s="10">
+        <v>37506294</v>
+      </c>
+      <c r="C20" s="11">
+        <v>.939</v>
+      </c>
+      <c r="D20" s="10">
+        <v>49038620797.89</v>
+      </c>
+      <c r="E20" s="11">
+        <v>.976</v>
+      </c>
+    </row>
+    <row r="21" spans="1:5">
+      <c r="A21" t="s" s="3">
+        <v>21</v>
+      </c>
+      <c r="B21" s="10">
+        <v>2455994</v>
+      </c>
+      <c r="C21" s="11">
+        <v>.061</v>
+      </c>
+      <c r="D21" s="10">
+        <v>1195359480.61</v>
+      </c>
+      <c r="E21" s="11">
+        <v>.024</v>
+      </c>
+    </row>
+    <row r="22" spans="1:5">
+      <c r="A22" t="s" s="2">
+        <v>22</v>
+      </c>
+      <c r="B22" s="8">
+        <v>906984</v>
+      </c>
+      <c r="C22" s="9">
+        <v>.008</v>
+      </c>
+      <c r="D22" s="8">
+        <v>53659569</v>
+      </c>
+      <c r="E22" s="9">
+        <v>.001</v>
+      </c>
+    </row>
+    <row r="23" spans="1:5">
+      <c r="A23" t="s" s="2">
+        <v>23</v>
+      </c>
+      <c r="B23" s="8">
+        <v>1795661</v>
+      </c>
+      <c r="C23" s="9">
+        <v>.015</v>
+      </c>
+      <c r="D23" s="8">
+        <v>195364765</v>
+      </c>
+      <c r="E23" s="9">
+        <v>.004</v>
+      </c>
+    </row>
+    <row r="24" spans="1:5">
+      <c r="A24" t="s" s="2">
+        <v>24</v>
+      </c>
+      <c r="B24" s="8">
+        <v>15090557</v>
+      </c>
+      <c r="C24" s="9">
+        <v>.128</v>
+      </c>
+      <c r="D24" s="8">
+        <v>42214392.07</v>
+      </c>
+      <c r="E24" s="9">
+        <v>.001</v>
+      </c>
+    </row>
+    <row r="25" spans="1:5">
+      <c r="A25" t="s" s="2">
+        <v>25</v>
+      </c>
+      <c r="B25" s="8">
+        <v>60188466</v>
+      </c>
+      <c r="C25" s="9">
+        <v>.51</v>
+      </c>
+      <c r="D25" s="8">
+        <v>1719695612</v>
+      </c>
+      <c r="E25" s="9">
+        <v>.033</v>
+      </c>
+    </row>
+    <row r="26" spans="1:5">
+      <c r="A26" t="s" s="3">
+        <v>26</v>
+      </c>
+      <c r="B26" s="10">
+        <v>52647016</v>
+      </c>
+      <c r="C26" s="11">
+        <v>.875</v>
+      </c>
+      <c r="D26" s="10">
+        <v>1408694549</v>
+      </c>
+      <c r="E26" s="11">
+        <v>.819</v>
+      </c>
+    </row>
+    <row r="27" spans="1:5">
+      <c r="A27" t="s" s="3">
+        <v>27</v>
+      </c>
+      <c r="B27" s="10">
+        <v>7541450</v>
+      </c>
+      <c r="C27" s="11">
+        <v>.125</v>
+      </c>
+      <c r="D27" s="10">
+        <v>311001063</v>
+      </c>
+      <c r="E27" s="11">
+        <v>.181</v>
+      </c>
+    </row>
+    <row r="28" spans="1:5">
+      <c r="A28" t="s" s="2">
+        <v>28</v>
+      </c>
+      <c r="B28" s="8">
+        <v/>
+      </c>
+      <c r="C28" s="9">
+        <v/>
+      </c>
+      <c r="D28" s="8">
+        <v/>
+      </c>
+      <c r="E28" s="9">
+        <v/>
+      </c>
+    </row>
+    <row r="29" spans="1:5">
+      <c r="A29" t="s" s="2">
+        <v>29</v>
+      </c>
+      <c r="B29" s="8">
+        <v>117943956</v>
+      </c>
+      <c r="C29" s="9">
+        <v>1</v>
+      </c>
+      <c r="D29" s="8">
+        <v>52244914616.57</v>
+      </c>
+      <c r="E29" s="9">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="30" spans="1:5">
+      <c r="A30" t="s" s="2">
+        <v>30</v>
+      </c>
+      <c r="B30" s="8">
+        <v/>
+      </c>
+      <c r="C30" s="9">
+        <v/>
+      </c>
+      <c r="D30" s="8">
+        <v/>
+      </c>
+      <c r="E30" s="9">
+        <v/>
+      </c>
+    </row>
+    <row r="31" spans="1:5">
+      <c r="A31" t="s" s="2">
+        <v>31</v>
+      </c>
+      <c r="B31" s="8">
+        <v>660845</v>
+      </c>
+      <c r="C31" s="9">
+        <v>.023</v>
+      </c>
+      <c r="D31" s="8">
+        <v>6078079771.68</v>
+      </c>
+      <c r="E31" s="9">
+        <v>.428</v>
+      </c>
+    </row>
+    <row r="32" spans="1:5">
+      <c r="A32" t="s" s="2">
+        <v>32</v>
+      </c>
+      <c r="B32" s="8">
+        <v>1656864</v>
+      </c>
+      <c r="C32" s="9">
+        <v>.056</v>
+      </c>
+      <c r="D32" s="8">
+        <v>6901171933.9</v>
+      </c>
+      <c r="E32" s="9">
+        <v>.486</v>
+      </c>
+    </row>
+    <row r="33" spans="1:5">
+      <c r="A33" t="s" s="2">
+        <v>33</v>
+      </c>
+      <c r="B33" s="8">
+        <v>10203863</v>
+      </c>
+      <c r="C33" s="9">
+        <v>.348</v>
+      </c>
+      <c r="D33" s="8">
+        <v>559372822.18</v>
+      </c>
+      <c r="E33" s="9">
+        <v>.039</v>
+      </c>
+    </row>
+    <row r="34" spans="1:5">
+      <c r="A34" t="s" s="2">
+        <v>34</v>
+      </c>
+      <c r="B34" s="8">
+        <v>16839528</v>
+      </c>
+      <c r="C34" s="9">
+        <v>.574</v>
+      </c>
+      <c r="D34" s="8">
+        <v>648505062</v>
+      </c>
+      <c r="E34" s="9">
+        <v>.046</v>
+      </c>
+    </row>
+    <row r="35" spans="1:5">
+      <c r="A35" t="s" s="2">
+        <v>35</v>
+      </c>
+      <c r="B35" s="8">
+        <v>29361100</v>
+      </c>
+      <c r="C35" s="9">
+        <v>1</v>
+      </c>
+      <c r="D35" s="8">
+        <v>14187129589.76</v>
+      </c>
+      <c r="E35" s="9">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="36" spans="1:5">
+      <c r="A36" t="s" s="7">
+        <v>36</v>
+      </c>
+      <c r="B36" s="12">
+        <v>147305056</v>
+      </c>
+      <c r="C36" s="13">
+        <v/>
+      </c>
+      <c r="D36" s="12">
+        <v>66432044206.33</v>
+      </c>
+      <c r="E36" s="13">
+        <v/>
+      </c>
+    </row>
+    <row r="37" spans="1:5">
+      <c r="A37" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="38" spans="1:5">
+      <c r="A38" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="39" spans="1:5" ht="28" customHeight="1">
+      <c r="A39" t="s" s="3">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="40" spans="1:5" ht="35" customHeight="1">
+      <c r="A40" t="s" s="3">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="41" spans="1:5" ht="52" customHeight="1">
+      <c r="A41" t="s" s="3">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="42" spans="1:5" ht="55" customHeight="1">
+      <c r="A42" t="s" s="3">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="43" spans="1:5" ht="35" customHeight="1">
+      <c r="A43" t="s" s="3">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="44" spans="1:5" ht="40" customHeight="1">
+      <c r="A44" t="s" s="3">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="45" spans="1:5" ht="35" customHeight="1">
+      <c r="A45" t="s" s="3">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="46" spans="1:5" ht="37" customHeight="1">
+      <c r="A46" t="s" s="3">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="47" spans="1:5" ht="40" customHeight="1">
+      <c r="A47" t="s" s="3">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="48" spans="1:5">
+      <c r="A48" t="s" s="3">
+        <v>46</v>
+      </c>
+    </row>
+  </sheetData>
+  <mergeCells count="32">
+    <mergeCell ref="A1:E1"/>
+    <mergeCell ref="A2:E2"/>
+    <mergeCell ref="A3:E3"/>
+    <mergeCell ref="A4:E4"/>
+    <mergeCell ref="A5:E5"/>
     <mergeCell ref="A6:E6"/>
     <mergeCell ref="A7:E7"/>
     <mergeCell ref="A8:E8"/>
     <mergeCell ref="A9:E9"/>
     <mergeCell ref="B10:E10"/>
-    <mergeCell ref="A1:E1"/>
-[...3 lines deleted...]
-    <mergeCell ref="A5:E5"/>
+    <mergeCell ref="B11:E11"/>
+    <mergeCell ref="B12:E12"/>
+    <mergeCell ref="B13:E13"/>
+    <mergeCell ref="A14:E14"/>
+    <mergeCell ref="A15:E15"/>
+    <mergeCell ref="A16:A17"/>
+    <mergeCell ref="B16:B17"/>
+    <mergeCell ref="C16:C17"/>
+    <mergeCell ref="D16:D17"/>
+    <mergeCell ref="E16:E17"/>
+    <mergeCell ref="A37:E37"/>
+    <mergeCell ref="A38:E38"/>
+    <mergeCell ref="A39:E39"/>
+    <mergeCell ref="A40:E40"/>
+    <mergeCell ref="A41:E41"/>
+    <mergeCell ref="A42:E42"/>
+    <mergeCell ref="A43:E43"/>
+    <mergeCell ref="A44:E44"/>
+    <mergeCell ref="A45:E45"/>
+    <mergeCell ref="A46:E46"/>
+    <mergeCell ref="A47:E47"/>
+    <mergeCell ref="A48:E48"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Radni listovi</vt:lpstr>
+        <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>9</vt:i4>
+        <vt:i4>13</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="9" baseType="lpstr">
+    <vt:vector size="13" baseType="lpstr">
       <vt:lpstr>January 2025.</vt:lpstr>
       <vt:lpstr>February  2025.</vt:lpstr>
       <vt:lpstr>March   2025.</vt:lpstr>
       <vt:lpstr>April  2025.</vt:lpstr>
       <vt:lpstr>May  2025.</vt:lpstr>
       <vt:lpstr>June   2025.</vt:lpstr>
       <vt:lpstr>July   2025.</vt:lpstr>
       <vt:lpstr>August  2025.</vt:lpstr>
       <vt:lpstr>September    2025.</vt:lpstr>
+      <vt:lpstr>October 2025.</vt:lpstr>
+      <vt:lpstr>November  2025.</vt:lpstr>
+      <vt:lpstr>December 2025.</vt:lpstr>
+      <vt:lpstr>January 2025. - December 2025.</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>oracle</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>